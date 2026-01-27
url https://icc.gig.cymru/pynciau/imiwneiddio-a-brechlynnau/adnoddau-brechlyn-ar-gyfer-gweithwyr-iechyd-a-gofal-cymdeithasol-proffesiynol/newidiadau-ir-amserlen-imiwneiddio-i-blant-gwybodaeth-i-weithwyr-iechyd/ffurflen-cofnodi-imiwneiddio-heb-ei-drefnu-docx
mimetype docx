--- v0 (2025-12-06)
+++ v1 (2026-01-27)
@@ -12,3619 +12,3607 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGridLight"/>
-        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="page" w:horzAnchor="margin" w:tblpY="3835"/>
+        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="page" w:horzAnchor="margin" w:tblpY="3648"/>
         <w:tblW w:w="13962" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2112"/>
         <w:gridCol w:w="850"/>
         <w:gridCol w:w="1418"/>
         <w:gridCol w:w="2409"/>
         <w:gridCol w:w="851"/>
         <w:gridCol w:w="1701"/>
         <w:gridCol w:w="2216"/>
         <w:gridCol w:w="902"/>
         <w:gridCol w:w="1503"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00BD650D" w14:paraId="4EDD0EC0" w14:textId="77777777" w:rsidTr="00070898">
+      <w:tr w:rsidR="00BD650D" w:rsidRPr="00F738AC" w14:paraId="4EDD0EC0" w14:textId="77777777" w:rsidTr="00D368F8">
         <w:trPr>
           <w:trHeight w:val="281"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2112" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="76E2724E" w14:textId="77777777" w:rsidR="00BD650D" w:rsidRPr="00CF6737" w:rsidRDefault="00BD650D" w:rsidP="00D43D77">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00CF6737">
+          <w:p w14:paraId="76E2724E" w14:textId="18C0B6E6" w:rsidR="00BD650D" w:rsidRPr="00F738AC" w:rsidRDefault="00BD650D" w:rsidP="00D368F8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F738AC">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
                 <w:lang w:bidi="cy-GB"/>
               </w:rPr>
               <w:t>Imiwneiddio</w:t>
-            </w:r>
-[...46 lines deleted...]
-              </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="6848155E" w14:textId="77777777" w:rsidR="00BD650D" w:rsidRPr="00CF6737" w:rsidRDefault="00BD650D" w:rsidP="00D43D77">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00CF6737">
+          <w:p w14:paraId="6848155E" w14:textId="77777777" w:rsidR="00BD650D" w:rsidRPr="00F738AC" w:rsidRDefault="00BD650D" w:rsidP="00D368F8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F738AC">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
                 <w:lang w:bidi="cy-GB"/>
               </w:rPr>
               <w:t>Ticiwch</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="30689AE1" w14:textId="77777777" w:rsidR="00BD650D" w:rsidRPr="00CF6737" w:rsidRDefault="00BD650D" w:rsidP="00D43D77">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00CF6737">
+          <w:p w14:paraId="30689AE1" w14:textId="77777777" w:rsidR="00BD650D" w:rsidRPr="00F738AC" w:rsidRDefault="00BD650D" w:rsidP="00D368F8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F738AC">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
                 <w:lang w:bidi="cy-GB"/>
               </w:rPr>
               <w:t>Rhif y swp</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2409" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="380A7A83" w14:textId="77777777" w:rsidR="00BD650D" w:rsidRPr="00CF6737" w:rsidRDefault="00BD650D" w:rsidP="00D43D77">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00CF6737">
+          <w:p w14:paraId="380A7A83" w14:textId="77777777" w:rsidR="00BD650D" w:rsidRPr="00F738AC" w:rsidRDefault="00BD650D" w:rsidP="00D368F8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F738AC">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
                 <w:lang w:bidi="cy-GB"/>
               </w:rPr>
               <w:t>Imiwneiddio</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="050AC617" w14:textId="77777777" w:rsidR="00BD650D" w:rsidRPr="00CF6737" w:rsidRDefault="00BD650D" w:rsidP="00D43D77">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00CF6737">
+          <w:p w14:paraId="050AC617" w14:textId="77777777" w:rsidR="00BD650D" w:rsidRPr="00F738AC" w:rsidRDefault="00BD650D" w:rsidP="00D368F8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F738AC">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
                 <w:lang w:bidi="cy-GB"/>
               </w:rPr>
               <w:t>Ticiwch</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="095E134F" w14:textId="77777777" w:rsidR="00BD650D" w:rsidRPr="00CF6737" w:rsidRDefault="00BD650D" w:rsidP="00D43D77">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00CF6737">
+          <w:p w14:paraId="095E134F" w14:textId="77777777" w:rsidR="00BD650D" w:rsidRPr="00F738AC" w:rsidRDefault="00BD650D" w:rsidP="00D368F8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F738AC">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
                 <w:lang w:bidi="cy-GB"/>
               </w:rPr>
               <w:t>Rhif y swp</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2216" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="791784F4" w14:textId="77777777" w:rsidR="00BD650D" w:rsidRPr="00CF6737" w:rsidRDefault="00BD650D" w:rsidP="00D43D77">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00CF6737">
+          <w:p w14:paraId="791784F4" w14:textId="77777777" w:rsidR="00BD650D" w:rsidRPr="00F738AC" w:rsidRDefault="00BD650D" w:rsidP="00D368F8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F738AC">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
                 <w:lang w:bidi="cy-GB"/>
               </w:rPr>
               <w:t>Imiwneiddio</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="902" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="16547AE1" w14:textId="77777777" w:rsidR="00BD650D" w:rsidRPr="00CF6737" w:rsidRDefault="00BD650D" w:rsidP="00D43D77">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00CF6737">
+          <w:p w14:paraId="16547AE1" w14:textId="77777777" w:rsidR="00BD650D" w:rsidRPr="00F738AC" w:rsidRDefault="00BD650D" w:rsidP="00D368F8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F738AC">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
                 <w:lang w:bidi="cy-GB"/>
               </w:rPr>
               <w:t>Ticiwch</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1503" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="41FAD57E" w14:textId="77777777" w:rsidR="00BD650D" w:rsidRPr="00CF6737" w:rsidRDefault="00BD650D" w:rsidP="00D43D77">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00CF6737">
+          <w:p w14:paraId="41FAD57E" w14:textId="77777777" w:rsidR="00BD650D" w:rsidRPr="00F738AC" w:rsidRDefault="00BD650D" w:rsidP="00D368F8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F738AC">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
                 <w:lang w:bidi="cy-GB"/>
               </w:rPr>
               <w:t>Rhif y swp</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BD650D" w14:paraId="4940329C" w14:textId="77777777" w:rsidTr="00D43D77">
+      <w:tr w:rsidR="00BD650D" w:rsidRPr="00F738AC" w14:paraId="4940329C" w14:textId="77777777" w:rsidTr="00D368F8">
         <w:trPr>
           <w:trHeight w:val="411"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4380" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="118BBCA3" w14:textId="4AB620ED" w:rsidR="00BD650D" w:rsidRPr="00CF6737" w:rsidRDefault="00BD650D" w:rsidP="00D43D77">
+          <w:p w14:paraId="118BBCA3" w14:textId="4AB620ED" w:rsidR="00BD650D" w:rsidRPr="00FA33D1" w:rsidRDefault="00BD650D" w:rsidP="00D368F8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
-                <w:sz w:val="20"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00CF6737">
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FA33D1">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:b/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:bidi="cy-GB"/>
               </w:rPr>
               <w:t>Dos cyntaf</w:t>
             </w:r>
-            <w:r w:rsidR="00382596">
+            <w:r w:rsidR="00382596" w:rsidRPr="00FA33D1">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:b/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:bidi="cy-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> - cychwynnol</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4961" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="38D0675F" w14:textId="77777777" w:rsidR="00BD650D" w:rsidRPr="00CF6737" w:rsidRDefault="00BD650D" w:rsidP="00D43D77">
+          <w:p w14:paraId="38D0675F" w14:textId="77777777" w:rsidR="00BD650D" w:rsidRPr="00FA33D1" w:rsidRDefault="00BD650D" w:rsidP="00D368F8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
-                <w:sz w:val="20"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00CF6737">
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FA33D1">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:b/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:bidi="cy-GB"/>
               </w:rPr>
               <w:t>12-13 mis</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4621" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="2E1A7D28" w14:textId="77777777" w:rsidR="00BD650D" w:rsidRPr="00CF6737" w:rsidRDefault="00BD650D" w:rsidP="00D43D77">
+          <w:p w14:paraId="2E1A7D28" w14:textId="77777777" w:rsidR="00BD650D" w:rsidRPr="00FA33D1" w:rsidRDefault="00BD650D" w:rsidP="00D368F8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
-                <w:sz w:val="20"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00CF6737">
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FA33D1">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:b/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:bidi="cy-GB"/>
               </w:rPr>
               <w:t>Imiwneiddio Pobl Ifanc yn eu Harddegau</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BD650D" w14:paraId="7B90A0F5" w14:textId="77777777" w:rsidTr="00070898">
+      <w:tr w:rsidR="00BD650D" w:rsidRPr="00F738AC" w14:paraId="7B90A0F5" w14:textId="77777777" w:rsidTr="00D368F8">
         <w:trPr>
           <w:trHeight w:val="411"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2112" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3EE264A9" w14:textId="77777777" w:rsidR="00BD650D" w:rsidRPr="00CF6737" w:rsidRDefault="00BD650D" w:rsidP="00D43D77">
-[...2 lines deleted...]
-                <w:rFonts w:cs="Calibri"/>
+          <w:p w14:paraId="3EE264A9" w14:textId="77777777" w:rsidR="00BD650D" w:rsidRPr="00F738AC" w:rsidRDefault="00BD650D" w:rsidP="00D368F8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00CF6737">
+            <w:r w:rsidRPr="00F738AC">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:bidi="cy-GB"/>
               </w:rPr>
               <w:t>DTaP</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00CF6737">
+            <w:r w:rsidRPr="00F738AC">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:bidi="cy-GB"/>
               </w:rPr>
               <w:t>/IPV/</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00CF6737">
+            <w:r w:rsidRPr="00F738AC">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:bidi="cy-GB"/>
               </w:rPr>
               <w:t>Hib</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00CF6737">
+            <w:r w:rsidRPr="00F738AC">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:bidi="cy-GB"/>
               </w:rPr>
               <w:t>/Hep B (1</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CF6737">
+            <w:r w:rsidRPr="00F738AC">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:bidi="cy-GB"/>
               </w:rPr>
               <w:t>af</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CF6737">
+            <w:r w:rsidRPr="00F738AC">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:bidi="cy-GB"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0E3C8702" w14:textId="77777777" w:rsidR="00BD650D" w:rsidRPr="00CF6737" w:rsidRDefault="00BD650D" w:rsidP="00D43D77">
-[...2 lines deleted...]
-                <w:rFonts w:cs="Calibri"/>
+          <w:p w14:paraId="0E3C8702" w14:textId="77777777" w:rsidR="00BD650D" w:rsidRPr="00F738AC" w:rsidRDefault="00BD650D" w:rsidP="00D368F8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="43140283" w14:textId="77777777" w:rsidR="00BD650D" w:rsidRPr="00CF6737" w:rsidRDefault="00BD650D" w:rsidP="00D43D77">
-[...2 lines deleted...]
-                <w:rFonts w:cs="Calibri"/>
+          <w:p w14:paraId="43140283" w14:textId="77777777" w:rsidR="00BD650D" w:rsidRPr="00F738AC" w:rsidRDefault="00BD650D" w:rsidP="00D368F8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2409" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="71B12A90" w14:textId="7464C26E" w:rsidR="00BD650D" w:rsidRPr="00CF6737" w:rsidRDefault="00BD650D" w:rsidP="00D43D77">
-[...2 lines deleted...]
-                <w:rFonts w:cs="Calibri"/>
+          <w:p w14:paraId="71B12A90" w14:textId="7464C26E" w:rsidR="00BD650D" w:rsidRPr="00F738AC" w:rsidRDefault="00BD650D" w:rsidP="00D368F8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00CF6737">
+            <w:r w:rsidRPr="00F738AC">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:bidi="cy-GB"/>
               </w:rPr>
               <w:t>MenB</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00CF6737">
+            <w:r w:rsidRPr="00F738AC">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:bidi="cy-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> (3</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CF6737">
+            <w:r w:rsidRPr="00F738AC">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:bidi="cy-GB"/>
               </w:rPr>
               <w:t>ydd</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CF6737">
+            <w:r w:rsidRPr="00F738AC">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:bidi="cy-GB"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="34BAC163" w14:textId="77777777" w:rsidR="00BD650D" w:rsidRPr="00CF6737" w:rsidRDefault="00BD650D" w:rsidP="00D43D77">
-[...2 lines deleted...]
-                <w:rFonts w:cs="Calibri"/>
+          <w:p w14:paraId="34BAC163" w14:textId="77777777" w:rsidR="00BD650D" w:rsidRPr="00F738AC" w:rsidRDefault="00BD650D" w:rsidP="00D368F8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7B99BC2B" w14:textId="77777777" w:rsidR="00BD650D" w:rsidRPr="00CF6737" w:rsidRDefault="00BD650D" w:rsidP="00D43D77">
-[...2 lines deleted...]
-                <w:rFonts w:cs="Calibri"/>
+          <w:p w14:paraId="7B99BC2B" w14:textId="77777777" w:rsidR="00BD650D" w:rsidRPr="00F738AC" w:rsidRDefault="00BD650D" w:rsidP="00D368F8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2216" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="53D4A938" w14:textId="77777777" w:rsidR="00BD650D" w:rsidRPr="00CF6737" w:rsidRDefault="00BD650D" w:rsidP="00D43D77">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00CF6737">
+          <w:p w14:paraId="53D4A938" w14:textId="77777777" w:rsidR="00BD650D" w:rsidRPr="00F738AC" w:rsidRDefault="00BD650D" w:rsidP="00D368F8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F738AC">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:bidi="cy-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">HPV  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="902" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="206C9CE4" w14:textId="77777777" w:rsidR="00BD650D" w:rsidRPr="00CF6737" w:rsidRDefault="00BD650D" w:rsidP="00D43D77">
-[...2 lines deleted...]
-                <w:rFonts w:cs="Calibri"/>
+          <w:p w14:paraId="206C9CE4" w14:textId="77777777" w:rsidR="00BD650D" w:rsidRPr="00F738AC" w:rsidRDefault="00BD650D" w:rsidP="00D368F8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1503" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="01CB9E9D" w14:textId="77777777" w:rsidR="00BD650D" w:rsidRPr="00CF6737" w:rsidRDefault="00BD650D" w:rsidP="00D43D77">
-[...2 lines deleted...]
-                <w:rFonts w:cs="Calibri"/>
+          <w:p w14:paraId="01CB9E9D" w14:textId="77777777" w:rsidR="00BD650D" w:rsidRPr="00F738AC" w:rsidRDefault="00BD650D" w:rsidP="00D368F8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BD650D" w14:paraId="4C21B642" w14:textId="77777777" w:rsidTr="00070898">
+      <w:tr w:rsidR="00BD650D" w:rsidRPr="00F738AC" w14:paraId="4C21B642" w14:textId="77777777" w:rsidTr="00D368F8">
         <w:trPr>
           <w:trHeight w:val="411"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2112" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="767BD27C" w14:textId="5883ED8C" w:rsidR="00BD650D" w:rsidRPr="00CF6737" w:rsidRDefault="00BD650D" w:rsidP="00D43D77">
-[...2 lines deleted...]
-                <w:rFonts w:cs="Calibri"/>
+          <w:p w14:paraId="767BD27C" w14:textId="5883ED8C" w:rsidR="00BD650D" w:rsidRPr="00F738AC" w:rsidRDefault="00BD650D" w:rsidP="00D368F8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00CF6737">
+            <w:r w:rsidRPr="00F738AC">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:bidi="cy-GB"/>
               </w:rPr>
               <w:t>MenB</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00CF6737">
+            <w:r w:rsidRPr="00F738AC">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:bidi="cy-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> (1</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CF6737">
+            <w:r w:rsidRPr="00F738AC">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:bidi="cy-GB"/>
               </w:rPr>
               <w:t>af</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CF6737">
+            <w:r w:rsidRPr="00F738AC">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:bidi="cy-GB"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0746DD28" w14:textId="77777777" w:rsidR="00BD650D" w:rsidRPr="00CF6737" w:rsidRDefault="00BD650D" w:rsidP="00D43D77">
-[...2 lines deleted...]
-                <w:rFonts w:cs="Calibri"/>
+          <w:p w14:paraId="0746DD28" w14:textId="77777777" w:rsidR="00BD650D" w:rsidRPr="00F738AC" w:rsidRDefault="00BD650D" w:rsidP="00D368F8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="449EEF9E" w14:textId="77777777" w:rsidR="00BD650D" w:rsidRPr="00CF6737" w:rsidRDefault="00BD650D" w:rsidP="00D43D77">
-[...2 lines deleted...]
-                <w:rFonts w:cs="Calibri"/>
+          <w:p w14:paraId="449EEF9E" w14:textId="77777777" w:rsidR="00BD650D" w:rsidRPr="00F738AC" w:rsidRDefault="00BD650D" w:rsidP="00D368F8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2409" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="205B610F" w14:textId="77777777" w:rsidR="00BD650D" w:rsidRPr="00CF6737" w:rsidRDefault="00BD650D" w:rsidP="00D43D77">
-[...2 lines deleted...]
-                <w:rFonts w:cs="Calibri"/>
+          <w:p w14:paraId="205B610F" w14:textId="77777777" w:rsidR="00BD650D" w:rsidRPr="00F738AC" w:rsidRDefault="00BD650D" w:rsidP="00D368F8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00CF6737">
+            <w:r w:rsidRPr="00F738AC">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:bidi="cy-GB"/>
               </w:rPr>
               <w:t>Niwmococol</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00CF6737">
+            <w:r w:rsidRPr="00F738AC">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:bidi="cy-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> (PCV) (pigiad atgyfnerthu)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6CA73C10" w14:textId="77777777" w:rsidR="00BD650D" w:rsidRPr="00CF6737" w:rsidRDefault="00BD650D" w:rsidP="00D43D77">
-[...2 lines deleted...]
-                <w:rFonts w:cs="Calibri"/>
+          <w:p w14:paraId="6CA73C10" w14:textId="77777777" w:rsidR="00BD650D" w:rsidRPr="00F738AC" w:rsidRDefault="00BD650D" w:rsidP="00D368F8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="66B813D1" w14:textId="77777777" w:rsidR="00BD650D" w:rsidRPr="00CF6737" w:rsidRDefault="00BD650D" w:rsidP="00D43D77">
-[...2 lines deleted...]
-                <w:rFonts w:cs="Calibri"/>
+          <w:p w14:paraId="66B813D1" w14:textId="77777777" w:rsidR="00BD650D" w:rsidRPr="00F738AC" w:rsidRDefault="00BD650D" w:rsidP="00D368F8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2216" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3EDD293E" w14:textId="77777777" w:rsidR="00BD650D" w:rsidRPr="00CF6737" w:rsidRDefault="00BD650D" w:rsidP="00D43D77">
-[...2 lines deleted...]
-                <w:rFonts w:cs="Calibri"/>
+          <w:p w14:paraId="3EDD293E" w14:textId="77777777" w:rsidR="00BD650D" w:rsidRPr="00F738AC" w:rsidRDefault="00BD650D" w:rsidP="00D368F8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00CF6737">
+            <w:r w:rsidRPr="00F738AC">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:bidi="cy-GB"/>
               </w:rPr>
               <w:t>MenACWY</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="902" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="45841414" w14:textId="77777777" w:rsidR="00BD650D" w:rsidRPr="00CF6737" w:rsidRDefault="00BD650D" w:rsidP="00D43D77">
-[...2 lines deleted...]
-                <w:rFonts w:cs="Calibri"/>
+          <w:p w14:paraId="45841414" w14:textId="77777777" w:rsidR="00BD650D" w:rsidRPr="00F738AC" w:rsidRDefault="00BD650D" w:rsidP="00D368F8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1503" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="770313F6" w14:textId="77777777" w:rsidR="00BD650D" w:rsidRPr="00CF6737" w:rsidRDefault="00BD650D" w:rsidP="00D43D77">
-[...2 lines deleted...]
-                <w:rFonts w:cs="Calibri"/>
+          <w:p w14:paraId="770313F6" w14:textId="77777777" w:rsidR="00BD650D" w:rsidRPr="00F738AC" w:rsidRDefault="00BD650D" w:rsidP="00D368F8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BD650D" w14:paraId="3E44C9C3" w14:textId="77777777" w:rsidTr="00070898">
+      <w:tr w:rsidR="00BD650D" w:rsidRPr="00F738AC" w14:paraId="3E44C9C3" w14:textId="77777777" w:rsidTr="00731DEC">
         <w:trPr>
           <w:trHeight w:val="385"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2112" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4459DF6A" w14:textId="77777777" w:rsidR="00BD650D" w:rsidRPr="00CF6737" w:rsidRDefault="00BD650D" w:rsidP="00D43D77">
-[...2 lines deleted...]
-                <w:rFonts w:cs="Calibri"/>
+          <w:p w14:paraId="4459DF6A" w14:textId="77777777" w:rsidR="00BD650D" w:rsidRPr="00F738AC" w:rsidRDefault="00BD650D" w:rsidP="00D368F8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00CF6737">
+            <w:r w:rsidRPr="00F738AC">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:bidi="cy-GB"/>
               </w:rPr>
               <w:t>Rotafeirws</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00CF6737">
+            <w:r w:rsidRPr="00F738AC">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:bidi="cy-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> (1</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CF6737">
+            <w:r w:rsidRPr="00F738AC">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:bidi="cy-GB"/>
               </w:rPr>
               <w:t>af</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CF6737">
+            <w:r w:rsidRPr="00F738AC">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:bidi="cy-GB"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="46DCAC64" w14:textId="77777777" w:rsidR="00BD650D" w:rsidRPr="00CF6737" w:rsidRDefault="00BD650D" w:rsidP="00D43D77">
-[...2 lines deleted...]
-                <w:rFonts w:cs="Calibri"/>
+          <w:p w14:paraId="46DCAC64" w14:textId="77777777" w:rsidR="00BD650D" w:rsidRPr="00F738AC" w:rsidRDefault="00BD650D" w:rsidP="00D368F8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1ACE4BBA" w14:textId="77777777" w:rsidR="00BD650D" w:rsidRPr="00CF6737" w:rsidRDefault="00BD650D" w:rsidP="00D43D77">
-[...2 lines deleted...]
-                <w:rFonts w:cs="Calibri"/>
+          <w:p w14:paraId="1ACE4BBA" w14:textId="77777777" w:rsidR="00BD650D" w:rsidRPr="00F738AC" w:rsidRDefault="00BD650D" w:rsidP="00D368F8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2409" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="773BD869" w14:textId="77777777" w:rsidR="00BD650D" w:rsidRPr="00CF6737" w:rsidRDefault="00BD650D" w:rsidP="00D43D77">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00CF6737">
+          <w:p w14:paraId="773BD869" w14:textId="77777777" w:rsidR="00BD650D" w:rsidRPr="00F738AC" w:rsidRDefault="00BD650D" w:rsidP="00D368F8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F738AC">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:bidi="cy-GB"/>
               </w:rPr>
               <w:t>MMRV (1</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CF6737">
+            <w:r w:rsidRPr="00F738AC">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:bidi="cy-GB"/>
               </w:rPr>
               <w:t>af</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CF6737">
+            <w:r w:rsidRPr="00F738AC">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:bidi="cy-GB"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4DEA3D0A" w14:textId="77777777" w:rsidR="00BD650D" w:rsidRPr="00CF6737" w:rsidRDefault="00BD650D" w:rsidP="00D43D77">
-[...2 lines deleted...]
-                <w:rFonts w:cs="Calibri"/>
+          <w:p w14:paraId="4DEA3D0A" w14:textId="77777777" w:rsidR="00BD650D" w:rsidRPr="00F738AC" w:rsidRDefault="00BD650D" w:rsidP="00D368F8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2E347D14" w14:textId="77777777" w:rsidR="00BD650D" w:rsidRPr="00CF6737" w:rsidRDefault="00BD650D" w:rsidP="00D43D77">
-[...2 lines deleted...]
-                <w:rFonts w:cs="Calibri"/>
+          <w:p w14:paraId="2E347D14" w14:textId="77777777" w:rsidR="00BD650D" w:rsidRPr="00F738AC" w:rsidRDefault="00BD650D" w:rsidP="00D368F8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2216" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2EAF36F1" w14:textId="77777777" w:rsidR="00BD650D" w:rsidRPr="00CF6737" w:rsidRDefault="00BD650D" w:rsidP="00D43D77">
+          <w:p w14:paraId="2EAF36F1" w14:textId="77777777" w:rsidR="00BD650D" w:rsidRPr="00F738AC" w:rsidRDefault="00BD650D" w:rsidP="00D368F8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00CF6737">
+            <w:r w:rsidRPr="00F738AC">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:bidi="cy-GB"/>
               </w:rPr>
               <w:t>Td</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00CF6737">
+            <w:r w:rsidRPr="00F738AC">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:bidi="cy-GB"/>
               </w:rPr>
               <w:t>/IPV</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="12DB8AC1" w14:textId="77777777" w:rsidR="00BD650D" w:rsidRPr="00CF6737" w:rsidRDefault="00BD650D" w:rsidP="00D43D77">
-[...2 lines deleted...]
-                <w:rFonts w:cs="Calibri"/>
+          <w:p w14:paraId="12DB8AC1" w14:textId="77777777" w:rsidR="00BD650D" w:rsidRPr="00F738AC" w:rsidRDefault="00BD650D" w:rsidP="00D368F8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="902" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0B66C15E" w14:textId="77777777" w:rsidR="00BD650D" w:rsidRPr="00CF6737" w:rsidRDefault="00BD650D" w:rsidP="00D43D77">
-[...2 lines deleted...]
-                <w:rFonts w:cs="Calibri"/>
+          <w:p w14:paraId="0B66C15E" w14:textId="77777777" w:rsidR="00BD650D" w:rsidRPr="00F738AC" w:rsidRDefault="00BD650D" w:rsidP="00D368F8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1503" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0014EFEB" w14:textId="77777777" w:rsidR="00BD650D" w:rsidRPr="00CF6737" w:rsidRDefault="00BD650D" w:rsidP="00D43D77">
-[...2 lines deleted...]
-                <w:rFonts w:cs="Calibri"/>
+          <w:p w14:paraId="0014EFEB" w14:textId="77777777" w:rsidR="00BD650D" w:rsidRPr="00F738AC" w:rsidRDefault="00BD650D" w:rsidP="00D368F8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BD650D" w14:paraId="2270675F" w14:textId="77777777" w:rsidTr="00D43D77">
+      <w:tr w:rsidR="00BD650D" w:rsidRPr="00F738AC" w14:paraId="2270675F" w14:textId="77777777" w:rsidTr="00731DEC">
         <w:trPr>
           <w:trHeight w:val="385"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4380" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="6FFD0AF1" w14:textId="5B6C3EBB" w:rsidR="00BD650D" w:rsidRPr="00CF6737" w:rsidRDefault="00BD650D" w:rsidP="00D43D77">
+          <w:p w14:paraId="6FFD0AF1" w14:textId="5B6C3EBB" w:rsidR="00BD650D" w:rsidRPr="00BC3C25" w:rsidRDefault="00BD650D" w:rsidP="00D368F8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
-                <w:sz w:val="20"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00CF6737">
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BC3C25">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:b/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:bidi="cy-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Ail ddos </w:t>
             </w:r>
-            <w:r w:rsidR="00382596">
+            <w:r w:rsidR="00382596" w:rsidRPr="00BC3C25">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:b/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:bidi="cy-GB"/>
               </w:rPr>
               <w:t>- cychwynnol</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4961" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="5999A381" w14:textId="7F246FEF" w:rsidR="00BD650D" w:rsidRPr="00CF6737" w:rsidRDefault="00BD650D" w:rsidP="00D43D77">
+          <w:p w14:paraId="5999A381" w14:textId="7F246FEF" w:rsidR="00BD650D" w:rsidRPr="00BC3C25" w:rsidRDefault="00BD650D" w:rsidP="00D368F8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
-                <w:sz w:val="20"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00CF6737">
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BC3C25">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:b/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:bidi="cy-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">18 mis </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4621" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="762271B0" w14:textId="77777777" w:rsidR="00BD650D" w:rsidRPr="00CF6737" w:rsidRDefault="00BD650D" w:rsidP="00D43D77">
+          <w:p w14:paraId="762271B0" w14:textId="77777777" w:rsidR="00BD650D" w:rsidRPr="00BC3C25" w:rsidRDefault="00BD650D" w:rsidP="00D368F8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
-                <w:sz w:val="20"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00CF6737">
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BC3C25">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:b/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:bidi="cy-GB"/>
               </w:rPr>
               <w:t>Arall (fel y nodir/yn ôl yr angen)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BD650D" w14:paraId="3AFF0E15" w14:textId="77777777" w:rsidTr="00070898">
+      <w:tr w:rsidR="00BD650D" w:rsidRPr="00F738AC" w14:paraId="3AFF0E15" w14:textId="77777777" w:rsidTr="00731DEC">
         <w:trPr>
           <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2112" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4D3A79DC" w14:textId="77777777" w:rsidR="00BD650D" w:rsidRPr="00F738AC" w:rsidRDefault="00BD650D" w:rsidP="00D368F8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F738AC">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:bidi="cy-GB"/>
+              </w:rPr>
+              <w:t>DTaP</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F738AC">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:bidi="cy-GB"/>
+              </w:rPr>
+              <w:t>/IPV/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F738AC">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:bidi="cy-GB"/>
+              </w:rPr>
+              <w:t>Hib</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F738AC">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:bidi="cy-GB"/>
+              </w:rPr>
+              <w:t>/Hep B (2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F738AC">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:vertAlign w:val="superscript"/>
+                <w:lang w:bidi="cy-GB"/>
+              </w:rPr>
+              <w:t>il</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F738AC">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:bidi="cy-GB"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5761B84C" w14:textId="77777777" w:rsidR="00BD650D" w:rsidRPr="00F738AC" w:rsidRDefault="00BD650D" w:rsidP="00D368F8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5AE83178" w14:textId="77777777" w:rsidR="00BD650D" w:rsidRPr="00F738AC" w:rsidRDefault="00BD650D" w:rsidP="00D368F8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2409" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="18BEBE16" w14:textId="77777777" w:rsidR="00BD650D" w:rsidRPr="00F738AC" w:rsidRDefault="00BD650D" w:rsidP="00D368F8">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F738AC">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:bidi="cy-GB"/>
+              </w:rPr>
+              <w:t>DTaP</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F738AC">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:bidi="cy-GB"/>
+              </w:rPr>
+              <w:t>/IPV/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F738AC">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:bidi="cy-GB"/>
+              </w:rPr>
+              <w:t>Hib</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F738AC">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:bidi="cy-GB"/>
+              </w:rPr>
+              <w:t>/Hep B (4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F738AC">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:vertAlign w:val="superscript"/>
+                <w:lang w:bidi="cy-GB"/>
+              </w:rPr>
+              <w:t>ydd</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F738AC">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:bidi="cy-GB"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="688EFE46" w14:textId="77777777" w:rsidR="00BD650D" w:rsidRPr="00F738AC" w:rsidRDefault="00BD650D" w:rsidP="00D368F8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="50BDAAAE" w14:textId="77777777" w:rsidR="00BD650D" w:rsidRPr="00F738AC" w:rsidRDefault="00BD650D" w:rsidP="00D368F8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2216" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="082AE252" w14:textId="77777777" w:rsidR="00E423F9" w:rsidRPr="00F738AC" w:rsidRDefault="00BD650D" w:rsidP="00D368F8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F738AC">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:bidi="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ffliw (Brechlyn ffliw gwanedig byw </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1749BA97" w14:textId="60424360" w:rsidR="00BD650D" w:rsidRPr="00F738AC" w:rsidRDefault="00E423F9" w:rsidP="00D368F8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F738AC">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:bidi="cy-GB"/>
+              </w:rPr>
+              <w:t>neu</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F738AC">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:bidi="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> bigiad wedi’i </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F738AC">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:bidi="cy-GB"/>
+              </w:rPr>
+              <w:t>anactifadu</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F738AC">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:bidi="cy-GB"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="902" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0288037B" w14:textId="77777777" w:rsidR="00BD650D" w:rsidRPr="00F738AC" w:rsidRDefault="00BD650D" w:rsidP="00D368F8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1503" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="36FA4A3E" w14:textId="77777777" w:rsidR="00BD650D" w:rsidRPr="00F738AC" w:rsidRDefault="00BD650D" w:rsidP="00D368F8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BD650D" w:rsidRPr="00F738AC" w14:paraId="2ABE3391" w14:textId="77777777" w:rsidTr="00D368F8">
+        <w:trPr>
+          <w:trHeight w:val="411"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2112" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4D3A79DC" w14:textId="77777777" w:rsidR="00BD650D" w:rsidRPr="00CF6737" w:rsidRDefault="00BD650D" w:rsidP="00D43D77">
-[...2 lines deleted...]
-                <w:rFonts w:cs="Calibri"/>
+          <w:p w14:paraId="65CC1923" w14:textId="3ADD3CBD" w:rsidR="00BD650D" w:rsidRPr="00F738AC" w:rsidRDefault="00BD650D" w:rsidP="00D368F8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00CF6737">
-[...6 lines deleted...]
-              <w:t>DTaP</w:t>
+            <w:r w:rsidRPr="00F738AC">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:bidi="cy-GB"/>
+              </w:rPr>
+              <w:t>MenB</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00CF6737">
-[...28 lines deleted...]
-            <w:r w:rsidRPr="00CF6737">
+            <w:r w:rsidRPr="00F738AC">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:bidi="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F738AC">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:bidi="cy-GB"/>
               </w:rPr>
               <w:t>il</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CF6737">
+            <w:r w:rsidRPr="00F738AC">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:bidi="cy-GB"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5761B84C" w14:textId="77777777" w:rsidR="00BD650D" w:rsidRPr="00CF6737" w:rsidRDefault="00BD650D" w:rsidP="00D43D77">
-[...2 lines deleted...]
-                <w:rFonts w:cs="Calibri"/>
+          <w:p w14:paraId="61ED47ED" w14:textId="77777777" w:rsidR="00BD650D" w:rsidRPr="00F738AC" w:rsidRDefault="00BD650D" w:rsidP="00D368F8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5AE83178" w14:textId="77777777" w:rsidR="00BD650D" w:rsidRPr="00CF6737" w:rsidRDefault="00BD650D" w:rsidP="00D43D77">
-[...329 lines deleted...]
-                <w:rFonts w:cs="Calibri"/>
+          <w:p w14:paraId="66ED44BC" w14:textId="77777777" w:rsidR="00BD650D" w:rsidRPr="00F738AC" w:rsidRDefault="00BD650D" w:rsidP="00D368F8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2409" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3772C0E1" w14:textId="77777777" w:rsidR="00BD650D" w:rsidRPr="00CF6737" w:rsidRDefault="00BD650D" w:rsidP="00D43D77">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00CF6737">
+          <w:p w14:paraId="3772C0E1" w14:textId="77777777" w:rsidR="00BD650D" w:rsidRPr="00F738AC" w:rsidRDefault="00BD650D" w:rsidP="00D368F8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F738AC">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:bidi="cy-GB"/>
               </w:rPr>
               <w:t>MMRV (2</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CF6737">
+            <w:r w:rsidRPr="00F738AC">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:bidi="cy-GB"/>
               </w:rPr>
               <w:t>il</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CF6737">
+            <w:r w:rsidRPr="00F738AC">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:bidi="cy-GB"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="485E56BF" w14:textId="77777777" w:rsidR="00BD650D" w:rsidRPr="00CF6737" w:rsidRDefault="00BD650D" w:rsidP="00D43D77">
-[...2 lines deleted...]
-                <w:rFonts w:cs="Calibri"/>
+          <w:p w14:paraId="485E56BF" w14:textId="77777777" w:rsidR="00BD650D" w:rsidRPr="00F738AC" w:rsidRDefault="00BD650D" w:rsidP="00D368F8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6632C383" w14:textId="77777777" w:rsidR="00BD650D" w:rsidRPr="00CF6737" w:rsidRDefault="00BD650D" w:rsidP="00D43D77">
-[...2 lines deleted...]
-                <w:rFonts w:cs="Calibri"/>
+          <w:p w14:paraId="6632C383" w14:textId="77777777" w:rsidR="00BD650D" w:rsidRPr="00F738AC" w:rsidRDefault="00BD650D" w:rsidP="00D368F8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2216" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="FF0000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="44836888" w14:textId="77777777" w:rsidR="00BD650D" w:rsidRPr="00CF6737" w:rsidRDefault="00BD650D" w:rsidP="00D43D77">
+          <w:p w14:paraId="44836888" w14:textId="77777777" w:rsidR="00BD650D" w:rsidRPr="00F738AC" w:rsidRDefault="00BD650D" w:rsidP="00D368F8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="902" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="FF0000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="004E117C" w14:textId="77777777" w:rsidR="00BD650D" w:rsidRPr="00CF6737" w:rsidRDefault="00BD650D" w:rsidP="00D43D77">
-[...2 lines deleted...]
-                <w:rFonts w:cs="Calibri"/>
+          <w:p w14:paraId="004E117C" w14:textId="77777777" w:rsidR="00BD650D" w:rsidRPr="00F738AC" w:rsidRDefault="00BD650D" w:rsidP="00D368F8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1503" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="FF0000"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4E0180FC" w14:textId="77777777" w:rsidR="00BD650D" w:rsidRPr="00CF6737" w:rsidRDefault="00BD650D" w:rsidP="00D43D77">
-[...2 lines deleted...]
-                <w:rFonts w:cs="Calibri"/>
+          <w:p w14:paraId="4E0180FC" w14:textId="77777777" w:rsidR="00BD650D" w:rsidRPr="00F738AC" w:rsidRDefault="00BD650D" w:rsidP="00D368F8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00070898" w14:paraId="1563B2AC" w14:textId="77777777" w:rsidTr="00070898">
+      <w:tr w:rsidR="00F00E03" w:rsidRPr="00F738AC" w14:paraId="1563B2AC" w14:textId="77777777" w:rsidTr="00BB7B5C">
         <w:trPr>
-          <w:trHeight w:val="743"/>
+          <w:trHeight w:val="460"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2112" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5DCD18BE" w14:textId="77777777" w:rsidR="00070898" w:rsidRPr="00CF6737" w:rsidRDefault="00070898" w:rsidP="00D43D77">
+          <w:p w14:paraId="5DCD18BE" w14:textId="77777777" w:rsidR="00F00E03" w:rsidRPr="00F738AC" w:rsidRDefault="00F00E03" w:rsidP="00D368F8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00CF6737">
+            <w:r w:rsidRPr="00F738AC">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:bidi="cy-GB"/>
               </w:rPr>
               <w:t>Rotafeirws</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00CF6737">
+            <w:r w:rsidRPr="00F738AC">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:bidi="cy-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> (2</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CF6737">
+            <w:r w:rsidRPr="00F738AC">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:bidi="cy-GB"/>
               </w:rPr>
               <w:t>il</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CF6737">
+            <w:r w:rsidRPr="00F738AC">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:bidi="cy-GB"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="203B0D6A" w14:textId="77777777" w:rsidR="00070898" w:rsidRPr="00CF6737" w:rsidRDefault="00070898" w:rsidP="00D43D77">
-[...2 lines deleted...]
-                <w:rFonts w:cs="Calibri"/>
+          <w:p w14:paraId="203B0D6A" w14:textId="77777777" w:rsidR="00F00E03" w:rsidRPr="00F738AC" w:rsidRDefault="00F00E03" w:rsidP="00D368F8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="147E4D90" w14:textId="77777777" w:rsidR="00070898" w:rsidRPr="00CF6737" w:rsidRDefault="00070898" w:rsidP="00D43D77">
-[...2 lines deleted...]
-                <w:rFonts w:cs="Calibri"/>
+          <w:p w14:paraId="147E4D90" w14:textId="77777777" w:rsidR="00F00E03" w:rsidRPr="00F738AC" w:rsidRDefault="00F00E03" w:rsidP="00D368F8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4961" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="FF0000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="4C724DAD" w14:textId="77777777" w:rsidR="00070898" w:rsidRPr="00CF6737" w:rsidRDefault="00070898" w:rsidP="00D43D77">
+          <w:p w14:paraId="129ABE33" w14:textId="77777777" w:rsidR="00F00E03" w:rsidRPr="00B5612D" w:rsidRDefault="00F00E03" w:rsidP="00BB7B5C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:rFonts w:cs="Calibri"/>
                 <w:b/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:bidi="cy-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B5612D">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:bidi="cy-GB"/>
               </w:rPr>
               <w:t>Dos atgyfnerthu cyn ysgol</w:t>
             </w:r>
+          </w:p>
+          <w:p w14:paraId="4C724DAD" w14:textId="06FFF8F6" w:rsidR="00255272" w:rsidRPr="00BB7B5C" w:rsidRDefault="00255272" w:rsidP="00BB7B5C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:bidi="cy-GB"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4621" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="FF0000"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="FF0000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="134E1D49" w14:textId="0AE7FD99" w:rsidR="00070898" w:rsidRPr="00AD5202" w:rsidRDefault="00070898" w:rsidP="00AD5202">
+          <w:p w14:paraId="134E1D49" w14:textId="0AE7FD99" w:rsidR="00F00E03" w:rsidRPr="006A13AC" w:rsidRDefault="00F00E03" w:rsidP="00D368F8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002C4559">
+            <w:r w:rsidRPr="006A13AC">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cs="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="cy-GB"/>
               </w:rPr>
               <w:t>RHAID defnyddio'r ffurflen hon ochr yn ochr â'r offeryn cymhwysedd MMRV</w:t>
             </w:r>
-            <w:r w:rsidRPr="00AD5202">
+            <w:r w:rsidRPr="006A13AC">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FF0000"/>
                 <w:kern w:val="2"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:bidi="cy-GB"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:proofErr w:type="spellStart"/>
-              <w:r w:rsidRPr="00295360">
+              <w:r w:rsidRPr="006A13AC">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cs="Calibri"/>
                   <w:b/>
                   <w:bCs/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                   <w:u w:val="none"/>
                   <w:lang w:bidi="cy-GB"/>
                 </w:rPr>
                 <w:t>icc.gig.cymru</w:t>
               </w:r>
               <w:proofErr w:type="spellEnd"/>
-              <w:r w:rsidRPr="00295360">
+              <w:r w:rsidRPr="006A13AC">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cs="Calibri"/>
                   <w:b/>
                   <w:bCs/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                   <w:u w:val="none"/>
                   <w:lang w:bidi="cy-GB"/>
                 </w:rPr>
                 <w:t>/</w:t>
               </w:r>
               <w:proofErr w:type="spellStart"/>
-              <w:r w:rsidRPr="00295360">
+              <w:r w:rsidRPr="006A13AC">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cs="Calibri"/>
                   <w:b/>
                   <w:bCs/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                   <w:u w:val="none"/>
                   <w:lang w:bidi="cy-GB"/>
                 </w:rPr>
                 <w:t>OfferynCymhwyseddMMRV</w:t>
               </w:r>
               <w:proofErr w:type="spellEnd"/>
             </w:hyperlink>
-            <w:r w:rsidRPr="00AD5202">
+            <w:r w:rsidRPr="006A13AC">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cs="Calibri"/>
                 <w:b/>
                 <w:color w:val="0070C0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="cy-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="56B4F84C" w14:textId="198B3019" w:rsidR="00070898" w:rsidRPr="00CF6737" w:rsidRDefault="00070898" w:rsidP="00D43D77">
+          <w:p w14:paraId="56B4F84C" w14:textId="198B3019" w:rsidR="00F00E03" w:rsidRPr="006A13AC" w:rsidRDefault="00F00E03" w:rsidP="00D368F8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="002C4559">
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006A13AC">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cs="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="cy-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> Am ragor o wybodaeth am newidiadau i'r amserlen imiwneiddio reolaidd i blant, sganiwch fi:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="77A66495" w14:textId="214BD6FB" w:rsidR="00070898" w:rsidRPr="00CF6737" w:rsidRDefault="00B337FE" w:rsidP="00D43D77">
+          <w:p w14:paraId="77A66495" w14:textId="214BD6FB" w:rsidR="00F00E03" w:rsidRPr="00F738AC" w:rsidRDefault="00F00E03" w:rsidP="00D368F8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F738AC">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
               <w:drawing>
-                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251686400" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1B80FE45" wp14:editId="75831014">
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658244" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1B80FE45" wp14:editId="6C370B0E">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="column">
-                    <wp:posOffset>1195999</wp:posOffset>
+                    <wp:posOffset>1114618</wp:posOffset>
                   </wp:positionH>
                   <wp:positionV relativeFrom="paragraph">
-                    <wp:posOffset>24974</wp:posOffset>
+                    <wp:posOffset>32716</wp:posOffset>
                   </wp:positionV>
-                  <wp:extent cx="539087" cy="539087"/>
-[...1 lines deleted...]
-                  <wp:wrapNone/>
+                  <wp:extent cx="676275" cy="676275"/>
+                  <wp:effectExtent l="0" t="0" r="9525" b="9525"/>
+                  <wp:wrapSquare wrapText="bothSides"/>
                   <wp:docPr id="1397211925" name="Picture 2"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="Picture 2"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId12" cstate="print">
+                          <a:blip r:embed="rId11" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
-                            <a:ext cx="539087" cy="539087"/>
+                            <a:ext cx="676275" cy="676275"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
+                  <wp14:sizeRelH relativeFrom="margin">
+                    <wp14:pctWidth>0</wp14:pctWidth>
+                  </wp14:sizeRelH>
+                  <wp14:sizeRelV relativeFrom="margin">
+                    <wp14:pctHeight>0</wp14:pctHeight>
+                  </wp14:sizeRelV>
                 </wp:anchor>
               </w:drawing>
             </w:r>
           </w:p>
-          <w:p w14:paraId="456D9453" w14:textId="448AF0FC" w:rsidR="00070898" w:rsidRPr="00CF6737" w:rsidRDefault="00070898" w:rsidP="00D43D77">
+          <w:p w14:paraId="456D9453" w14:textId="448AF0FC" w:rsidR="00F00E03" w:rsidRPr="00F738AC" w:rsidRDefault="00F00E03" w:rsidP="00D368F8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
-              </w:rPr>
-[...5 lines deleted...]
-                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="19517CA5" w14:textId="77777777" w:rsidR="00F00E03" w:rsidRDefault="00F00E03" w:rsidP="00D368F8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="16F626AE" w14:textId="77777777" w:rsidR="006A13AC" w:rsidRDefault="006A13AC" w:rsidP="00D368F8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="553232C3" w14:textId="77777777" w:rsidR="006A13AC" w:rsidRDefault="006A13AC" w:rsidP="00D368F8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="581AC0CF" w14:textId="36C63085" w:rsidR="006A13AC" w:rsidRPr="00F738AC" w:rsidRDefault="006A13AC" w:rsidP="00D368F8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00070898" w14:paraId="1DE0652E" w14:textId="77777777" w:rsidTr="00070898">
+      <w:tr w:rsidR="00E007E4" w:rsidRPr="00F738AC" w14:paraId="1DE0652E" w14:textId="77777777" w:rsidTr="00D368F8">
         <w:trPr>
-          <w:trHeight w:val="399"/>
+          <w:trHeight w:val="184"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4380" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="2CCA326C" w14:textId="4DB07E9A" w:rsidR="00070898" w:rsidRPr="00CF6737" w:rsidRDefault="00070898" w:rsidP="00D43D77">
+          <w:p w14:paraId="2CCA326C" w14:textId="646A7820" w:rsidR="00E007E4" w:rsidRPr="00564C0B" w:rsidRDefault="00E007E4" w:rsidP="00564C0B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:rFonts w:cs="Calibri"/>
                 <w:b/>
-                <w:sz w:val="20"/>
-[...5 lines deleted...]
-            <w:r>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:bidi="cy-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B5612D">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:b/>
-                <w:sz w:val="20"/>
-[...3 lines deleted...]
-              <w:t>- cychwynnol</w:t>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:bidi="cy-GB"/>
+              </w:rPr>
+              <w:t>Trydydd dos – cychwynnol</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2409" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
-[...8 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3B396D10" w14:textId="77777777" w:rsidR="00E007E4" w:rsidRPr="00F738AC" w:rsidRDefault="00E007E4" w:rsidP="00D368F8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:bidi="cy-GB"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00CF6737">
+            <w:r w:rsidRPr="00F738AC">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:bidi="cy-GB"/>
               </w:rPr>
               <w:t>DTaP</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00CF6737">
+            <w:r w:rsidRPr="00F738AC">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:bidi="cy-GB"/>
               </w:rPr>
               <w:t>/IPV</w:t>
             </w:r>
           </w:p>
+          <w:p w14:paraId="5AA96FAA" w14:textId="77777777" w:rsidR="00E007E4" w:rsidRPr="00F738AC" w:rsidRDefault="00E007E4" w:rsidP="00D368F8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
-              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="02B73BED" w14:textId="77777777" w:rsidR="00070898" w:rsidRPr="00CF6737" w:rsidRDefault="00070898" w:rsidP="00D43D77">
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="312DAE17" w14:textId="77777777" w:rsidR="00E007E4" w:rsidRPr="00F738AC" w:rsidRDefault="00E007E4" w:rsidP="00D368F8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
-              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="FF0000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4A82968A" w14:textId="77777777" w:rsidR="00070898" w:rsidRPr="00CF6737" w:rsidRDefault="00070898" w:rsidP="00D43D77">
+          <w:p w14:paraId="4A82968A" w14:textId="5AE33D09" w:rsidR="00E007E4" w:rsidRPr="00F738AC" w:rsidRDefault="00E007E4" w:rsidP="00D368F8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4621" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="FF0000"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="FF0000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4DADC160" w14:textId="77777777" w:rsidR="00070898" w:rsidRPr="00CF6737" w:rsidRDefault="00070898" w:rsidP="00D43D77">
+          <w:p w14:paraId="4DADC160" w14:textId="77777777" w:rsidR="00E007E4" w:rsidRPr="00F738AC" w:rsidRDefault="00E007E4" w:rsidP="00D368F8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00070898" w14:paraId="5B433958" w14:textId="77777777" w:rsidTr="00EA51E2">
+      <w:tr w:rsidR="00E007E4" w:rsidRPr="00F738AC" w14:paraId="0E491ACC" w14:textId="77777777" w:rsidTr="00737329">
+        <w:trPr>
+          <w:trHeight w:val="125"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4380" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="5CB52968" w14:textId="77777777" w:rsidR="00E007E4" w:rsidRPr="00F738AC" w:rsidRDefault="00E007E4" w:rsidP="00E007E4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:bidi="cy-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2409" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="000F9BFE" w14:textId="77777777" w:rsidR="00E007E4" w:rsidRPr="00F738AC" w:rsidRDefault="00E007E4" w:rsidP="00D368F8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:bidi="cy-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="747EC740" w14:textId="77777777" w:rsidR="00E007E4" w:rsidRPr="00F738AC" w:rsidRDefault="00E007E4" w:rsidP="00D368F8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:bidi="cy-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3EAECEF9" w14:textId="77777777" w:rsidR="00E007E4" w:rsidRPr="00F738AC" w:rsidRDefault="00E007E4" w:rsidP="00D368F8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:bidi="cy-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="12" w:space="0" w:color="FF0000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2D027417" w14:textId="3E699B7C" w:rsidR="00E007E4" w:rsidRPr="00F738AC" w:rsidRDefault="00E007E4" w:rsidP="00D368F8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:bidi="cy-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4621" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="12" w:space="0" w:color="FF0000"/>
+              <w:right w:val="single" w:sz="12" w:space="0" w:color="FF0000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="522C731E" w14:textId="77777777" w:rsidR="00E007E4" w:rsidRPr="00F738AC" w:rsidRDefault="00E007E4" w:rsidP="00D368F8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F00E03" w:rsidRPr="00F738AC" w14:paraId="5B433958" w14:textId="77777777" w:rsidTr="00C42AE3">
         <w:trPr>
           <w:trHeight w:val="438"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2112" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="44965F5E" w14:textId="77777777" w:rsidR="00070898" w:rsidRPr="00CF6737" w:rsidRDefault="00070898" w:rsidP="00D43D77">
+          <w:p w14:paraId="44965F5E" w14:textId="77777777" w:rsidR="00F00E03" w:rsidRPr="00F738AC" w:rsidRDefault="00F00E03" w:rsidP="00D368F8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00CF6737">
+            <w:r w:rsidRPr="00F738AC">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:bidi="cy-GB"/>
               </w:rPr>
               <w:t>DTaP</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00CF6737">
+            <w:r w:rsidRPr="00F738AC">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:bidi="cy-GB"/>
               </w:rPr>
               <w:t>/IPV/</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00CF6737">
+            <w:r w:rsidRPr="00F738AC">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:bidi="cy-GB"/>
               </w:rPr>
               <w:t>Hib</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00CF6737">
+            <w:r w:rsidRPr="00F738AC">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:bidi="cy-GB"/>
               </w:rPr>
               <w:t>/Hep B (3</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CF6737">
+            <w:r w:rsidRPr="00F738AC">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:bidi="cy-GB"/>
               </w:rPr>
               <w:t>ydd</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CF6737">
+            <w:r w:rsidRPr="00F738AC">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:bidi="cy-GB"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="57D561D4" w14:textId="77777777" w:rsidR="00070898" w:rsidRPr="00CF6737" w:rsidRDefault="00070898" w:rsidP="00D43D77">
-[...2 lines deleted...]
-                <w:rFonts w:cs="Calibri"/>
+          <w:p w14:paraId="57D561D4" w14:textId="77777777" w:rsidR="00F00E03" w:rsidRPr="00F738AC" w:rsidRDefault="00F00E03" w:rsidP="00D368F8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3016E333" w14:textId="77777777" w:rsidR="00070898" w:rsidRPr="00CF6737" w:rsidRDefault="00070898" w:rsidP="00D43D77">
-[...2 lines deleted...]
-                <w:rFonts w:cs="Calibri"/>
+          <w:p w14:paraId="3016E333" w14:textId="77777777" w:rsidR="00F00E03" w:rsidRPr="00F738AC" w:rsidRDefault="00F00E03" w:rsidP="00D368F8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2409" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7916E58E" w14:textId="77777777" w:rsidR="00070898" w:rsidRPr="00A37564" w:rsidRDefault="00070898" w:rsidP="00D43D77">
+          <w:p w14:paraId="7916E58E" w14:textId="77777777" w:rsidR="00F00E03" w:rsidRPr="00F738AC" w:rsidRDefault="00F00E03" w:rsidP="00D368F8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7E71641B" w14:textId="77777777" w:rsidR="00070898" w:rsidRPr="00A37564" w:rsidRDefault="00070898" w:rsidP="00D43D77">
+          <w:p w14:paraId="7E71641B" w14:textId="77777777" w:rsidR="00F00E03" w:rsidRPr="00F738AC" w:rsidRDefault="00F00E03" w:rsidP="00D368F8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="FF0000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5F1A52D2" w14:textId="77777777" w:rsidR="00070898" w:rsidRPr="00A37564" w:rsidRDefault="00070898" w:rsidP="00D43D77">
+          <w:p w14:paraId="5F1A52D2" w14:textId="37C70454" w:rsidR="00F00E03" w:rsidRPr="00F738AC" w:rsidRDefault="00F00E03" w:rsidP="00D368F8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4621" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="FF0000"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="FF0000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0FE83B9A" w14:textId="77777777" w:rsidR="00070898" w:rsidRPr="005C121B" w:rsidRDefault="00070898" w:rsidP="00D43D77">
+          <w:p w14:paraId="0FE83B9A" w14:textId="77777777" w:rsidR="00F00E03" w:rsidRPr="00F738AC" w:rsidRDefault="00F00E03" w:rsidP="00D368F8">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00070898" w14:paraId="3EEE2076" w14:textId="77777777" w:rsidTr="00EA51E2">
+      <w:tr w:rsidR="00F00E03" w:rsidRPr="00F738AC" w14:paraId="3EEE2076" w14:textId="77777777" w:rsidTr="00C42AE3">
         <w:trPr>
           <w:trHeight w:val="415"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2112" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3CFBB9DD" w14:textId="77777777" w:rsidR="00070898" w:rsidRPr="00CF6737" w:rsidRDefault="00070898" w:rsidP="00D43D77">
+          <w:p w14:paraId="3CFBB9DD" w14:textId="77777777" w:rsidR="00F00E03" w:rsidRPr="00F738AC" w:rsidRDefault="00F00E03" w:rsidP="00D368F8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00CF6737">
+            <w:r w:rsidRPr="00F738AC">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:bidi="cy-GB"/>
               </w:rPr>
               <w:t>Niwmococol</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00CF6737">
+            <w:r w:rsidRPr="00F738AC">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:bidi="cy-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> (PCV) (1</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CF6737">
+            <w:r w:rsidRPr="00F738AC">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:bidi="cy-GB"/>
               </w:rPr>
               <w:t>af</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CF6737">
+            <w:r w:rsidRPr="00F738AC">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:bidi="cy-GB"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="20162569" w14:textId="77777777" w:rsidR="00070898" w:rsidRPr="00CF6737" w:rsidRDefault="00070898" w:rsidP="00D43D77">
-[...2 lines deleted...]
-                <w:rFonts w:cs="Calibri"/>
+          <w:p w14:paraId="20162569" w14:textId="77777777" w:rsidR="00F00E03" w:rsidRPr="00F738AC" w:rsidRDefault="00F00E03" w:rsidP="00D368F8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0CA5E39F" w14:textId="77777777" w:rsidR="00070898" w:rsidRPr="00CF6737" w:rsidRDefault="00070898" w:rsidP="00D43D77">
-[...2 lines deleted...]
-                <w:rFonts w:cs="Calibri"/>
+          <w:p w14:paraId="0CA5E39F" w14:textId="77777777" w:rsidR="00F00E03" w:rsidRPr="00F738AC" w:rsidRDefault="00F00E03" w:rsidP="00D368F8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2409" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="531A0042" w14:textId="77777777" w:rsidR="00070898" w:rsidRPr="00A37564" w:rsidRDefault="00070898" w:rsidP="00D43D77">
+          <w:p w14:paraId="531A0042" w14:textId="77777777" w:rsidR="00F00E03" w:rsidRPr="00F738AC" w:rsidRDefault="00F00E03" w:rsidP="00D368F8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2788D858" w14:textId="77777777" w:rsidR="00070898" w:rsidRPr="00A37564" w:rsidRDefault="00070898" w:rsidP="00D43D77">
+          <w:p w14:paraId="2788D858" w14:textId="77777777" w:rsidR="00F00E03" w:rsidRPr="00F738AC" w:rsidRDefault="00F00E03" w:rsidP="00D368F8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="FF0000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="47E05ED1" w14:textId="77777777" w:rsidR="00070898" w:rsidRPr="00A37564" w:rsidRDefault="00070898" w:rsidP="00D43D77">
+          <w:p w14:paraId="47E05ED1" w14:textId="2F9B4750" w:rsidR="00F00E03" w:rsidRPr="00F738AC" w:rsidRDefault="00F00E03" w:rsidP="00D368F8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4621" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="FF0000"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="FF0000"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="FF0000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="05A25045" w14:textId="77777777" w:rsidR="00070898" w:rsidRDefault="00070898" w:rsidP="00D43D77"/>
+          <w:p w14:paraId="05A25045" w14:textId="77777777" w:rsidR="00F00E03" w:rsidRPr="00F738AC" w:rsidRDefault="00F00E03" w:rsidP="00D368F8">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7A05D14D" w14:textId="0BCB83FC" w:rsidR="00977A0B" w:rsidRDefault="00070898">
-[...315 lines deleted...]
-      </w:r>
+    <w:p w14:paraId="7A05D14D" w14:textId="13474084" w:rsidR="00977A0B" w:rsidRDefault="00D21C8D">
       <w:r w:rsidRPr="001D16C3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="single"/>
           <w:lang w:bidi="cy-GB"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251640320" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="111AB013" wp14:editId="7279886C">
+              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="111AB013" wp14:editId="3FB405E1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
-                  <wp:posOffset>2923540</wp:posOffset>
+                  <wp:posOffset>2886075</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>87630</wp:posOffset>
+                  <wp:posOffset>84455</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="2995295" cy="1147445"/>
-                <wp:effectExtent l="0" t="0" r="14605" b="14605"/>
+                <wp:extent cx="3033395" cy="1035050"/>
+                <wp:effectExtent l="0" t="0" r="14605" b="12700"/>
                 <wp:wrapSquare wrapText="bothSides"/>
                 <wp:docPr id="4" name="Text Box 2"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="2995295" cy="1147445"/>
+                          <a:ext cx="3033395" cy="1035050"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:ln w="19050">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="096B7EBB" w14:textId="5ED6E8E5" w:rsidR="002B38E2" w:rsidRPr="0074544A" w:rsidRDefault="002B38E2" w:rsidP="0074544A">
+                          <w:p w14:paraId="096B7EBB" w14:textId="5ED6E8E5" w:rsidR="002B38E2" w:rsidRPr="00F00E03" w:rsidRDefault="002B38E2" w:rsidP="00F738AC">
                             <w:pPr>
+                              <w:spacing w:after="0"/>
                               <w:rPr>
-                                <w:szCs w:val="32"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="28"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:r w:rsidRPr="0074544A">
+                            <w:r w:rsidRPr="00F00E03">
                               <w:rPr>
                                 <w:b/>
-                                <w:szCs w:val="32"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="28"/>
                                 <w:lang w:bidi="cy-GB"/>
                               </w:rPr>
                               <w:t xml:space="preserve">Manylion y meddyg teulu/canolfan driniaeth </w:t>
                             </w:r>
-                            <w:r w:rsidRPr="0074544A">
+                            <w:r w:rsidRPr="00F00E03">
                               <w:rPr>
                                 <w:b/>
                                 <w:color w:val="ADADAD" w:themeColor="background2" w:themeShade="BF"/>
-                                <w:sz w:val="18"/>
-                                <w:szCs w:val="24"/>
+                                <w:sz w:val="16"/>
                                 <w:lang w:bidi="cy-GB"/>
                               </w:rPr>
-                              <w:t xml:space="preserve"> (Rhowch y label yma)</w:t>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00F738AC">
+                              <w:rPr>
+                                <w:b/>
+                                <w:color w:val="ADADAD" w:themeColor="background2" w:themeShade="BF"/>
+                                <w:sz w:val="14"/>
+                                <w:szCs w:val="20"/>
+                                <w:lang w:bidi="cy-GB"/>
+                              </w:rPr>
+                              <w:t>(Rhowch y label yma)</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="072FA23A" w14:textId="47D0E83A" w:rsidR="0074544A" w:rsidRDefault="002B38E2" w:rsidP="002B38E2">
+                          <w:p w14:paraId="072FA23A" w14:textId="47D0E83A" w:rsidR="0074544A" w:rsidRPr="00F00E03" w:rsidRDefault="002B38E2" w:rsidP="00F738AC">
                             <w:pPr>
                               <w:spacing w:after="0"/>
                               <w:jc w:val="both"/>
                               <w:rPr>
-                                <w:szCs w:val="32"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="28"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:r w:rsidRPr="0074544A">
+                            <w:r w:rsidRPr="00F00E03">
                               <w:rPr>
-                                <w:szCs w:val="32"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="28"/>
                                 <w:lang w:bidi="cy-GB"/>
                               </w:rPr>
                               <w:t xml:space="preserve">Enw: </w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="4EC1AFDF" w14:textId="648E8B56" w:rsidR="0074544A" w:rsidRDefault="002B38E2" w:rsidP="00D43D77">
+                          <w:p w14:paraId="4EC1AFDF" w14:textId="648E8B56" w:rsidR="0074544A" w:rsidRPr="00F00E03" w:rsidRDefault="002B38E2" w:rsidP="00F738AC">
                             <w:pPr>
                               <w:spacing w:after="0"/>
                               <w:jc w:val="both"/>
                               <w:rPr>
-                                <w:szCs w:val="32"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="28"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:r w:rsidRPr="0074544A">
+                            <w:r w:rsidRPr="00F00E03">
                               <w:rPr>
-                                <w:szCs w:val="32"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="28"/>
                                 <w:lang w:bidi="cy-GB"/>
                               </w:rPr>
                               <w:t xml:space="preserve">Cyfeiriad: </w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="2B38ADEA" w14:textId="496F52A0" w:rsidR="002B38E2" w:rsidRPr="0074544A" w:rsidRDefault="002B38E2" w:rsidP="002B38E2">
+                          <w:p w14:paraId="2B38ADEA" w14:textId="496F52A0" w:rsidR="002B38E2" w:rsidRPr="00F00E03" w:rsidRDefault="002B38E2" w:rsidP="00F738AC">
                             <w:pPr>
                               <w:spacing w:after="0"/>
                               <w:rPr>
-                                <w:szCs w:val="32"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="28"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:r w:rsidRPr="0074544A">
+                            <w:r w:rsidRPr="00F00E03">
                               <w:rPr>
-                                <w:szCs w:val="32"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="28"/>
                                 <w:lang w:bidi="cy-GB"/>
                               </w:rPr>
                               <w:t>Cod y practis meddyg teulu:</w:t>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="3874B217" w14:textId="77777777" w:rsidR="002B38E2" w:rsidRPr="001D16C3" w:rsidRDefault="002B38E2" w:rsidP="002B38E2">
                             <w:pPr>
                               <w:rPr>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="16"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
                           <w:p w14:paraId="6FE0EC27" w14:textId="77777777" w:rsidR="002B38E2" w:rsidRPr="001D16C3" w:rsidRDefault="002B38E2" w:rsidP="002B38E2">
                             <w:pPr>
                               <w:rPr>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="16"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
                           <w:p w14:paraId="22D07F2B" w14:textId="77777777" w:rsidR="002B38E2" w:rsidRPr="001D16C3" w:rsidRDefault="002B38E2" w:rsidP="002B38E2">
                             <w:pPr>
                               <w:rPr>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="16"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="111AB013" id="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:230.2pt;margin-top:6.9pt;width:235.85pt;height:90.35pt;z-index:-251676160;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAPizmXFAIAACgEAAAOAAAAZHJzL2Uyb0RvYy54bWysk82O0zAQx+9IvIPlO01SpewmarpauhQh&#10;LQvSwgM4jtNYOB5ju03K0zN2st3ydUHkYHky9n9mfjNe34y9IkdhnQRd0WyRUiI0h0bqfUW/fN69&#10;uqbEeaYbpkCLip6Eozebly/WgynFEjpQjbAERbQrB1PRzntTJonjneiZW4ARGp0t2J55NO0+aSwb&#10;UL1XyTJNXycD2MZY4MI5/Hs3Oekm6ret4P5j2zrhiaoo5ubjauNahzXZrFm5t8x0ks9psH/IomdS&#10;Y9Cz1B3zjBys/E2ql9yCg9YvOPQJtK3kItaA1WTpL9U8dsyIWAvCceaMyf0/Wf5wfDSfLPHjGxix&#10;gbEIZ+6Bf3VEw7Zjei9urYWhE6zBwFlAlgzGlfPVgNqVLojUwwdosMns4CEKja3tAxWsk6A6NuB0&#10;hi5GTzj+XBbFalmsKOHoy7L8Ks9XMQYrn64b6/w7AT0Jm4pa7GqUZ8d750M6rHw6EqI5ULLZSaWi&#10;Yff1VllyZDgBu/jN6j8dU5oMGL5IV+mE4K8aafz+pNFLj7OsZF/R6/MhVgZwb3UTJ80zqaY95qz0&#10;TDLAmzD6sR6JbGbMAWwNzQnRWphGF58abjqw3ykZcGwr6r4dmBWUqPca21NkeR7mPBr56mqJhr30&#10;1JcepjlKVdRTMm23Pr6NAE7DLbaxlRHwcyZzyjiOkfv8dMK8X9rx1PMD3/wAAAD//wMAUEsDBBQA&#10;BgAIAAAAIQBG88853gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSLyDtUjcqNM2&#10;rdo0ToWQyJn+IK5OvI0j4nUUu2n69iwnOO7Mp9mZfD+5Tow4hNaTgvksAYFUe9NSo+B8en/ZgAhR&#10;k9GdJ1RwxwD74vEh15nxNzrgeIyN4BAKmVZgY+wzKUNt0ekw8z0Sexc/OB35HBppBn3jcNfJRZKs&#10;pdMt8Qere3yzWH8fr07BKnx9pOO9am2z+SxlOblDeiqVen6aXncgIk7xD4bf+lwdCu5U+SuZIDoF&#10;6TpJGWVjyRMY2C4XcxAVC9t0BbLI5f8JxQ8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;D4s5lxQCAAAoBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEARvPPOd4AAAAKAQAADwAAAAAAAAAAAAAAAABuBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" strokeweight="1.5pt">
+              <v:shapetype w14:anchorId="111AB013" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+                <v:stroke joinstyle="miter"/>
+                <v:path gradientshapeok="t" o:connecttype="rect"/>
+              </v:shapetype>
+              <v:shape id="Text Box 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:227.25pt;margin-top:6.65pt;width:238.85pt;height:81.5pt;z-index:-251658239;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBSGmDoDwIAACEEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vti5bY0Rp+jSZRjQ&#10;XYB2HyDLcixMFjVKiZ19/SglTYNu6MMwPQikSB2Sh+TyeugM2yv0GmzJx6OcM2Ul1NpuS/79YfPm&#10;ijMfhK2FAatKflCeX69ev1r2rlATaMHUChmBWF/0ruRtCK7IMi9b1Qk/AqcsGRvATgRScZvVKHpC&#10;70w2yfO3WQ9YOwSpvKfX26ORrxJ+0ygZvjaNV4GZklNuId2Y7ire2Wopii0K12p5SkP8Qxad0JaC&#10;nqFuRRBsh/oPqE5LBA9NGEnoMmgaLVWqgaoZ58+quW+FU6kWIse7M03+/8HKL/t79w1ZGN7DQA1M&#10;RXh3B/KHZxbWrbBbdYMIfatETYHHkbKsd744fY1U+8JHkKr/DDU1WewCJKChwS6yQnUyQqcGHM6k&#10;qyEwSY/TfDqdLuacSbKN8+k8n6e2ZKJ4/O7Qh48KOhaFkiN1NcGL/Z0PMR1RPLrEaB6MrjfamKTg&#10;tlobZHtBE7BJJ1XwzM1Y1lP4RQz+Mkaezt8wOh1olo3uSn51dhJFJO6DrdOkBaHNUaacjT0xGck7&#10;0hiGaiDHyGgF9YE4RTjOLO0YCS3gL856mteS+587gYoz88lSXxbj2SwOeFJm83cTUvDSUl1ahJUE&#10;VfLA2VFch7QUsXQLN9S/RidmnzI55UpzmAg/7Uwc9Es9eT1t9uo3AAAA//8DAFBLAwQUAAYACAAA&#10;ACEAvkpBBd0AAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPTU/DMAyG70j8h8hI3FhKP8ZWmk4I&#10;iZ7ZBto1bU1T0ThVk3Xdv8ec4Gi/j14/LnaLHcSMk+8dKXhcRSCQGtf21Cn4OL49bED4oKnVgyNU&#10;cEUPu/L2ptB56y60x/kQOsEl5HOtwIQw5lL6xqDVfuVGJM6+3GR14HHqZDvpC5fbQcZRtJZW98QX&#10;jB7x1WDzfThbBZk/vafzte5Nt/msZLXYfXqslLq/W16eQQRcwh8Mv/qsDiU71e5MrReDgjRLM0Y5&#10;SBIQDGyTOAZR8+JpnYAsC/n/hfIHAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMA&#10;AAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YA&#10;AACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAUhpg6A8C&#10;AAAhBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAvkpB&#10;Bd0AAAAKAQAADwAAAAAAAAAAAAAAAABpBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAA&#10;AHMFAAAAAA==&#10;" strokeweight="1.5pt">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w14:paraId="096B7EBB" w14:textId="5ED6E8E5" w:rsidR="002B38E2" w:rsidRPr="0074544A" w:rsidRDefault="002B38E2" w:rsidP="0074544A">
+                    <w:p w14:paraId="096B7EBB" w14:textId="5ED6E8E5" w:rsidR="002B38E2" w:rsidRPr="00F00E03" w:rsidRDefault="002B38E2" w:rsidP="00F738AC">
                       <w:pPr>
+                        <w:spacing w:after="0"/>
                         <w:rPr>
-                          <w:szCs w:val="32"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="28"/>
                         </w:rPr>
                       </w:pPr>
-                      <w:r w:rsidRPr="0074544A">
+                      <w:r w:rsidRPr="00F00E03">
                         <w:rPr>
                           <w:b/>
-                          <w:szCs w:val="32"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="28"/>
                           <w:lang w:bidi="cy-GB"/>
                         </w:rPr>
                         <w:t xml:space="preserve">Manylion y meddyg teulu/canolfan driniaeth </w:t>
                       </w:r>
-                      <w:r w:rsidRPr="0074544A">
+                      <w:r w:rsidRPr="00F00E03">
                         <w:rPr>
                           <w:b/>
                           <w:color w:val="ADADAD" w:themeColor="background2" w:themeShade="BF"/>
-                          <w:sz w:val="18"/>
-                          <w:szCs w:val="24"/>
+                          <w:sz w:val="16"/>
                           <w:lang w:bidi="cy-GB"/>
                         </w:rPr>
-                        <w:t xml:space="preserve"> (Rhowch y label yma)</w:t>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00F738AC">
+                        <w:rPr>
+                          <w:b/>
+                          <w:color w:val="ADADAD" w:themeColor="background2" w:themeShade="BF"/>
+                          <w:sz w:val="14"/>
+                          <w:szCs w:val="20"/>
+                          <w:lang w:bidi="cy-GB"/>
+                        </w:rPr>
+                        <w:t>(Rhowch y label yma)</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="072FA23A" w14:textId="47D0E83A" w:rsidR="0074544A" w:rsidRDefault="002B38E2" w:rsidP="002B38E2">
+                    <w:p w14:paraId="072FA23A" w14:textId="47D0E83A" w:rsidR="0074544A" w:rsidRPr="00F00E03" w:rsidRDefault="002B38E2" w:rsidP="00F738AC">
                       <w:pPr>
                         <w:spacing w:after="0"/>
                         <w:jc w:val="both"/>
                         <w:rPr>
-                          <w:szCs w:val="32"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="28"/>
                         </w:rPr>
                       </w:pPr>
-                      <w:r w:rsidRPr="0074544A">
+                      <w:r w:rsidRPr="00F00E03">
                         <w:rPr>
-                          <w:szCs w:val="32"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="28"/>
                           <w:lang w:bidi="cy-GB"/>
                         </w:rPr>
                         <w:t xml:space="preserve">Enw: </w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="4EC1AFDF" w14:textId="648E8B56" w:rsidR="0074544A" w:rsidRDefault="002B38E2" w:rsidP="00D43D77">
+                    <w:p w14:paraId="4EC1AFDF" w14:textId="648E8B56" w:rsidR="0074544A" w:rsidRPr="00F00E03" w:rsidRDefault="002B38E2" w:rsidP="00F738AC">
                       <w:pPr>
                         <w:spacing w:after="0"/>
                         <w:jc w:val="both"/>
                         <w:rPr>
-                          <w:szCs w:val="32"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="28"/>
                         </w:rPr>
                       </w:pPr>
-                      <w:r w:rsidRPr="0074544A">
+                      <w:r w:rsidRPr="00F00E03">
                         <w:rPr>
-                          <w:szCs w:val="32"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="28"/>
                           <w:lang w:bidi="cy-GB"/>
                         </w:rPr>
                         <w:t xml:space="preserve">Cyfeiriad: </w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="2B38ADEA" w14:textId="496F52A0" w:rsidR="002B38E2" w:rsidRPr="0074544A" w:rsidRDefault="002B38E2" w:rsidP="002B38E2">
+                    <w:p w14:paraId="2B38ADEA" w14:textId="496F52A0" w:rsidR="002B38E2" w:rsidRPr="00F00E03" w:rsidRDefault="002B38E2" w:rsidP="00F738AC">
                       <w:pPr>
                         <w:spacing w:after="0"/>
                         <w:rPr>
-                          <w:szCs w:val="32"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="28"/>
                         </w:rPr>
                       </w:pPr>
-                      <w:r w:rsidRPr="0074544A">
+                      <w:r w:rsidRPr="00F00E03">
                         <w:rPr>
-                          <w:szCs w:val="32"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="28"/>
                           <w:lang w:bidi="cy-GB"/>
                         </w:rPr>
                         <w:t>Cod y practis meddyg teulu:</w:t>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="3874B217" w14:textId="77777777" w:rsidR="002B38E2" w:rsidRPr="001D16C3" w:rsidRDefault="002B38E2" w:rsidP="002B38E2">
                       <w:pPr>
                         <w:rPr>
                           <w:sz w:val="16"/>
                           <w:szCs w:val="16"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
                     <w:p w14:paraId="6FE0EC27" w14:textId="77777777" w:rsidR="002B38E2" w:rsidRPr="001D16C3" w:rsidRDefault="002B38E2" w:rsidP="002B38E2">
                       <w:pPr>
                         <w:rPr>
                           <w:sz w:val="16"/>
                           <w:szCs w:val="16"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
                     <w:p w14:paraId="22D07F2B" w14:textId="77777777" w:rsidR="002B38E2" w:rsidRPr="001D16C3" w:rsidRDefault="002B38E2" w:rsidP="002B38E2">
                       <w:pPr>
                         <w:rPr>
                           <w:sz w:val="16"/>
                           <w:szCs w:val="16"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap type="square" anchorx="margin"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidRPr="001D16C3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:noProof/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:bidi="cy-GB"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251616768" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="49DF4E7B" wp14:editId="2CACCC6A">
+              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="49DF4E7B" wp14:editId="781B043E">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:align>left</wp:align>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>87837</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="2906395" cy="1148080"/>
-                <wp:effectExtent l="0" t="0" r="27305" b="13970"/>
+                <wp:extent cx="2847975" cy="1035050"/>
+                <wp:effectExtent l="0" t="0" r="28575" b="12700"/>
                 <wp:wrapSquare wrapText="bothSides"/>
                 <wp:docPr id="217" name="Text Box 2"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="2906395" cy="1148080"/>
+                          <a:ext cx="2847975" cy="1035050"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:ln w="19050">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="15D7FD0C" w14:textId="14464A5A" w:rsidR="002B38E2" w:rsidRPr="0074544A" w:rsidRDefault="002B38E2" w:rsidP="0074544A">
+                          <w:p w14:paraId="15D7FD0C" w14:textId="14464A5A" w:rsidR="002B38E2" w:rsidRPr="00F00E03" w:rsidRDefault="002B38E2" w:rsidP="0074544A">
                             <w:pPr>
                               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="ADADAD" w:themeColor="background2" w:themeShade="BF"/>
-                                <w:sz w:val="18"/>
-                                <w:szCs w:val="24"/>
+                                <w:sz w:val="16"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:r w:rsidRPr="0074544A">
+                            <w:r w:rsidRPr="00F00E03">
                               <w:rPr>
                                 <w:b/>
-                                <w:szCs w:val="32"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="28"/>
                                 <w:lang w:bidi="cy-GB"/>
                               </w:rPr>
                               <w:t xml:space="preserve">Manylion y claf </w:t>
                             </w:r>
-                            <w:r w:rsidRPr="0074544A">
+                            <w:r w:rsidRPr="00F00E03">
                               <w:rPr>
                                 <w:b/>
                                 <w:color w:val="ADADAD" w:themeColor="background2" w:themeShade="BF"/>
-                                <w:sz w:val="18"/>
-                                <w:szCs w:val="24"/>
+                                <w:sz w:val="16"/>
                                 <w:lang w:bidi="cy-GB"/>
                               </w:rPr>
                               <w:t>(Rhowch label y claf yma)</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="765063E9" w14:textId="77777777" w:rsidR="002B38E2" w:rsidRPr="00D43D77" w:rsidRDefault="002B38E2" w:rsidP="002B38E2">
+                          <w:p w14:paraId="765063E9" w14:textId="77777777" w:rsidR="002B38E2" w:rsidRPr="00F00E03" w:rsidRDefault="002B38E2" w:rsidP="002B38E2">
                             <w:pPr>
                               <w:spacing w:before="240" w:line="240" w:lineRule="auto"/>
                               <w:contextualSpacing/>
                               <w:jc w:val="both"/>
                               <w:rPr>
-                                <w:szCs w:val="32"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="28"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:r w:rsidRPr="00D43D77">
+                            <w:r w:rsidRPr="00F00E03">
                               <w:rPr>
-                                <w:szCs w:val="32"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="28"/>
                                 <w:lang w:bidi="cy-GB"/>
                               </w:rPr>
                               <w:t xml:space="preserve">Rhif GIG: </w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="0515D88F" w14:textId="77777777" w:rsidR="002B38E2" w:rsidRPr="00D43D77" w:rsidRDefault="002B38E2" w:rsidP="002B38E2">
+                          <w:p w14:paraId="0515D88F" w14:textId="77777777" w:rsidR="002B38E2" w:rsidRPr="00F00E03" w:rsidRDefault="002B38E2" w:rsidP="002B38E2">
                             <w:pPr>
                               <w:spacing w:before="240" w:line="240" w:lineRule="auto"/>
                               <w:contextualSpacing/>
                               <w:jc w:val="both"/>
                               <w:rPr>
-                                <w:szCs w:val="32"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="28"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:r w:rsidRPr="00D43D77">
+                            <w:r w:rsidRPr="00F00E03">
                               <w:rPr>
-                                <w:szCs w:val="32"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="28"/>
                                 <w:lang w:bidi="cy-GB"/>
                               </w:rPr>
                               <w:t>Enw(</w:t>
                             </w:r>
                             <w:proofErr w:type="spellStart"/>
-                            <w:r w:rsidRPr="00D43D77">
+                            <w:r w:rsidRPr="00F00E03">
                               <w:rPr>
-                                <w:szCs w:val="32"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="28"/>
                                 <w:lang w:bidi="cy-GB"/>
                               </w:rPr>
                               <w:t>au</w:t>
                             </w:r>
                             <w:proofErr w:type="spellEnd"/>
-                            <w:r w:rsidRPr="00D43D77">
+                            <w:r w:rsidRPr="00F00E03">
                               <w:rPr>
-                                <w:szCs w:val="32"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="28"/>
                                 <w:lang w:bidi="cy-GB"/>
                               </w:rPr>
                               <w:t>) Cyntaf</w:t>
                             </w:r>
-                            <w:r w:rsidRPr="00D43D77">
+                            <w:r w:rsidRPr="00F00E03">
                               <w:rPr>
-                                <w:szCs w:val="32"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="28"/>
                                 <w:lang w:bidi="cy-GB"/>
                               </w:rPr>
                               <w:tab/>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="3221A39E" w14:textId="77777777" w:rsidR="002B38E2" w:rsidRPr="00D43D77" w:rsidRDefault="002B38E2" w:rsidP="002B38E2">
+                          <w:p w14:paraId="3221A39E" w14:textId="77777777" w:rsidR="002B38E2" w:rsidRPr="00F00E03" w:rsidRDefault="002B38E2" w:rsidP="002B38E2">
                             <w:pPr>
                               <w:spacing w:before="240" w:line="240" w:lineRule="auto"/>
                               <w:contextualSpacing/>
                               <w:jc w:val="both"/>
                               <w:rPr>
-                                <w:szCs w:val="32"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="28"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:r w:rsidRPr="00D43D77">
+                            <w:r w:rsidRPr="00F00E03">
                               <w:rPr>
-                                <w:szCs w:val="32"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="28"/>
                                 <w:lang w:bidi="cy-GB"/>
                               </w:rPr>
                               <w:t>Cyfenw:</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="4F8EAAAE" w14:textId="77777777" w:rsidR="002B38E2" w:rsidRPr="00D43D77" w:rsidRDefault="002B38E2" w:rsidP="002B38E2">
+                          <w:p w14:paraId="4F8EAAAE" w14:textId="77777777" w:rsidR="002B38E2" w:rsidRPr="00F00E03" w:rsidRDefault="002B38E2" w:rsidP="002B38E2">
                             <w:pPr>
                               <w:spacing w:before="240" w:line="240" w:lineRule="auto"/>
                               <w:contextualSpacing/>
                               <w:jc w:val="both"/>
                               <w:rPr>
-                                <w:szCs w:val="32"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="28"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:r w:rsidRPr="00D43D77">
+                            <w:r w:rsidRPr="00F00E03">
                               <w:rPr>
-                                <w:szCs w:val="32"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="28"/>
                                 <w:lang w:bidi="cy-GB"/>
                               </w:rPr>
                               <w:t xml:space="preserve">Dyddiad geni: </w:t>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="340FD5DF" w14:textId="31CE2B97" w:rsidR="002B38E2" w:rsidRPr="001D16C3" w:rsidRDefault="002B38E2" w:rsidP="00070898">
                             <w:pPr>
                               <w:spacing w:before="240" w:line="240" w:lineRule="auto"/>
                               <w:contextualSpacing/>
                               <w:jc w:val="both"/>
                               <w:rPr>
                                 <w:sz w:val="15"/>
                                 <w:szCs w:val="15"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:r w:rsidRPr="00D43D77">
+                            <w:r w:rsidRPr="00F00E03">
                               <w:rPr>
-                                <w:szCs w:val="32"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="28"/>
                                 <w:lang w:bidi="cy-GB"/>
                               </w:rPr>
                               <w:t>Cyfeiriad:</w:t>
                             </w:r>
                             <w:r w:rsidRPr="001D16C3">
                               <w:rPr>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="24"/>
                                 <w:lang w:bidi="cy-GB"/>
                               </w:rPr>
                               <w:tab/>
                             </w:r>
                             <w:r w:rsidRPr="001D16C3">
                               <w:rPr>
                                 <w:sz w:val="15"/>
                                 <w:szCs w:val="15"/>
                                 <w:lang w:bidi="cy-GB"/>
                               </w:rPr>
                               <w:tab/>
                             </w:r>
                             <w:r w:rsidRPr="001D16C3">
                               <w:rPr>
                                 <w:sz w:val="15"/>
                                 <w:szCs w:val="15"/>
                                 <w:lang w:bidi="cy-GB"/>
@@ -3641,249 +3629,592 @@
                               <w:rPr>
                                 <w:sz w:val="15"/>
                                 <w:szCs w:val="15"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="49DF4E7B" id="_x0000_s1028" type="#_x0000_t202" style="position:absolute;margin-left:0;margin-top:6.9pt;width:228.85pt;height:90.4pt;z-index:-251699712;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:left;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDcpAtQFgIAACgEAAAOAAAAZHJzL2Uyb0RvYy54bWysk82O0zAQx+9IvIPlO01a2qWNmq6WLkVI&#10;y4e08ACO4zQWjseM3SbL0zN2ut1qgQsiB8uTsf8z85vx+nroDDsq9BpsyaeTnDNlJdTa7kv+7evu&#10;1ZIzH4SthQGrSv6gPL/evHyx7l2hZtCCqRUyErG+6F3J2xBckWVetqoTfgJOWXI2gJ0IZOI+q1H0&#10;pN6ZbJbnV1kPWDsEqbynv7ejk2+SftMoGT43jVeBmZJTbiGtmNYqrtlmLYo9CtdqeUpD/EMWndCW&#10;gp6lbkUQ7ID6N6lOSwQPTZhI6DJoGi1VqoGqmebPqrlvhVOpFoLj3RmT/3+y8tPx3n1BFoa3MFAD&#10;UxHe3YH87pmFbSvsXt0gQt8qUVPgaUSW9c4Xp6sRtS98FKn6j1BTk8UhQBIaGuwiFaqTkTo14OEM&#10;XQ2BSfo5W+VXr1cLziT5ptP5Ml+mtmSieLzu0If3CjoWNyVH6mqSF8c7H2I6ong8EqN5MLreaWOS&#10;gftqa5AdBU3ALn2pgmfHjGU9hV/li3xE8FeNPH1/0uh0oFk2uiv58nxIFBHcO1unSQtCm3FPORt7&#10;IhnhjRjDUA1M10QlBohgK6gfCC3COLr01GjTAv7krKexLbn/cRCoODMfLLVnNZ3P45wnY754MyMD&#10;Lz3VpUdYSVIlD5yN221IbyOCs3BDbWx0AvyUySllGsfE/fR04rxf2unU0wPf/AIAAP//AwBQSwME&#10;FAAGAAgAAAAhAL8bHAfbAAAABwEAAA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IfQdrK3Gj&#10;DiX9IcSpKiRypi2IqxMvcUS8jmI3Td+e5USPM7Oa+TbfTa4TIw6h9aTgcZGAQKq9aalR8HF6e9iC&#10;CFGT0Z0nVHDFALtidpfrzPgLHXA8xkZwCYVMK7Ax9pmUobbodFj4Homzbz84HVkOjTSDvnC56+Qy&#10;SdbS6ZZ4weoeXy3WP8ezU7AKX+/peK1a22w/S1lO7pCeSqXu59P+BUTEKf4fwx8+o0PBTJU/kwmi&#10;U8CPRHafmJ/TdLXZgKjYeE7XIItc3vIXvwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADh&#10;AQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4&#10;/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDc&#10;pAtQFgIAACgEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAA&#10;IQC/GxwH2wAAAAcBAAAPAAAAAAAAAAAAAAAAAHAEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQA&#10;BADzAAAAeAUAAAAA&#10;" strokeweight="1.5pt">
+              <v:shape w14:anchorId="49DF4E7B" id="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:0;margin-top:6.9pt;width:224.25pt;height:81.5pt;z-index:-251658240;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:left;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQANzY/jEQIAACgEAAAOAAAAZHJzL2Uyb0RvYy54bWysU1+P0zAMf0fiO0R5Z+3GxrZq3enYMYR0&#10;/JEOPkCWpmtEGgcnWzs+PU7W200H4gGRh8iOnZ/tn+3VTd8adlToNdiSj0c5Z8pKqLTdl/zb1+2r&#10;BWc+CFsJA1aV/KQ8v1m/fLHqXKEm0ICpFDICsb7oXMmbEFyRZV42qhV+BE5ZMtaArQik4j6rUHSE&#10;3ppskudvsg6wcghSeU+vd2cjXyf8ulYyfK5rrwIzJafcQrox3bt4Z+uVKPYoXKPlkIb4hyxaoS0F&#10;vUDdiSDYAfVvUK2WCB7qMJLQZlDXWqpUA1Uzzp9V89AIp1ItRI53F5r8/4OVn44P7guy0L+FnhqY&#10;ivDuHuR3zyxsGmH36hYRukaJigKPI2VZ53wxfI1U+8JHkF33ESpqsjgESEB9jW1khepkhE4NOF1I&#10;V31gkh4ni+l8OZ9xJsk2zl/P8llqSyaKx+8OfXivoGVRKDlSVxO8ON77ENMRxaNLjObB6GqrjUkK&#10;7ncbg+woaAK26aQKnrkZyzoKv4zB/46Rp/MnjFYHmmWj25IvLk6iiMS9s1WatCC0OcuUs7EDk5G8&#10;M42h3/VMVwPNkdgdVCeiFuE8urRqJDSAPznraGxL7n8cBCrOzAdL7VmOp9M450mZzuYTUvDasru2&#10;CCsJquSBs7O4CWk3IgMWbqmNtU4EP2UypEzjmHgfVifO+7WevJ4WfP0LAAD//wMAUEsDBBQABgAI&#10;AAAAIQA4otHp2gAAAAcBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSH0Haytxo04hLVGI&#10;U1VI5Ex/EFcnXuKIeB3Fbpq+PcsJjjOzmvm22M2uFxOOofOkYL1KQCA13nTUKjif3h4yECFqMrr3&#10;hApuGGBXLu4KnRt/pQNOx9gKLqGQawU2xiGXMjQWnQ4rPyBx9uVHpyPLsZVm1Fcud718TJKtdLoj&#10;XrB6wFeLzffx4hRswud7Ot3qzrbZRyWr2R3SU6XU/XLev4CIOMe/Y/jFZ3Qoman2FzJB9Ar4kcju&#10;E/NzmqbZBkTNxvM2A1kW8j9/+QMAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAA&#10;AAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAA&#10;AJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQANzY/jEQIA&#10;ACgEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQA4otHp&#10;2gAAAAcBAAAPAAAAAAAAAAAAAAAAAGsEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA&#10;cgUAAAAA&#10;" strokeweight="1.5pt">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w14:paraId="15D7FD0C" w14:textId="14464A5A" w:rsidR="002B38E2" w:rsidRPr="0074544A" w:rsidRDefault="002B38E2" w:rsidP="0074544A">
+                    <w:p w14:paraId="15D7FD0C" w14:textId="14464A5A" w:rsidR="002B38E2" w:rsidRPr="00F00E03" w:rsidRDefault="002B38E2" w:rsidP="0074544A">
                       <w:pPr>
                         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                         <w:rPr>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="ADADAD" w:themeColor="background2" w:themeShade="BF"/>
-                          <w:sz w:val="18"/>
-                          <w:szCs w:val="24"/>
+                          <w:sz w:val="16"/>
                         </w:rPr>
                       </w:pPr>
-                      <w:r w:rsidRPr="0074544A">
+                      <w:r w:rsidRPr="00F00E03">
                         <w:rPr>
                           <w:b/>
-                          <w:szCs w:val="32"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="28"/>
                           <w:lang w:bidi="cy-GB"/>
                         </w:rPr>
                         <w:t xml:space="preserve">Manylion y claf </w:t>
                       </w:r>
-                      <w:r w:rsidRPr="0074544A">
+                      <w:r w:rsidRPr="00F00E03">
                         <w:rPr>
                           <w:b/>
                           <w:color w:val="ADADAD" w:themeColor="background2" w:themeShade="BF"/>
-                          <w:sz w:val="18"/>
-                          <w:szCs w:val="24"/>
+                          <w:sz w:val="16"/>
                           <w:lang w:bidi="cy-GB"/>
                         </w:rPr>
                         <w:t>(Rhowch label y claf yma)</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="765063E9" w14:textId="77777777" w:rsidR="002B38E2" w:rsidRPr="00D43D77" w:rsidRDefault="002B38E2" w:rsidP="002B38E2">
+                    <w:p w14:paraId="765063E9" w14:textId="77777777" w:rsidR="002B38E2" w:rsidRPr="00F00E03" w:rsidRDefault="002B38E2" w:rsidP="002B38E2">
                       <w:pPr>
                         <w:spacing w:before="240" w:line="240" w:lineRule="auto"/>
                         <w:contextualSpacing/>
                         <w:jc w:val="both"/>
                         <w:rPr>
-                          <w:szCs w:val="32"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="28"/>
                         </w:rPr>
                       </w:pPr>
-                      <w:r w:rsidRPr="00D43D77">
+                      <w:r w:rsidRPr="00F00E03">
                         <w:rPr>
-                          <w:szCs w:val="32"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="28"/>
                           <w:lang w:bidi="cy-GB"/>
                         </w:rPr>
                         <w:t xml:space="preserve">Rhif GIG: </w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="0515D88F" w14:textId="77777777" w:rsidR="002B38E2" w:rsidRPr="00D43D77" w:rsidRDefault="002B38E2" w:rsidP="002B38E2">
+                    <w:p w14:paraId="0515D88F" w14:textId="77777777" w:rsidR="002B38E2" w:rsidRPr="00F00E03" w:rsidRDefault="002B38E2" w:rsidP="002B38E2">
                       <w:pPr>
                         <w:spacing w:before="240" w:line="240" w:lineRule="auto"/>
                         <w:contextualSpacing/>
                         <w:jc w:val="both"/>
                         <w:rPr>
-                          <w:szCs w:val="32"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="28"/>
                         </w:rPr>
                       </w:pPr>
-                      <w:r w:rsidRPr="00D43D77">
+                      <w:r w:rsidRPr="00F00E03">
                         <w:rPr>
-                          <w:szCs w:val="32"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="28"/>
                           <w:lang w:bidi="cy-GB"/>
                         </w:rPr>
                         <w:t>Enw(</w:t>
                       </w:r>
                       <w:proofErr w:type="spellStart"/>
-                      <w:r w:rsidRPr="00D43D77">
+                      <w:r w:rsidRPr="00F00E03">
                         <w:rPr>
-                          <w:szCs w:val="32"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="28"/>
                           <w:lang w:bidi="cy-GB"/>
                         </w:rPr>
                         <w:t>au</w:t>
                       </w:r>
                       <w:proofErr w:type="spellEnd"/>
-                      <w:r w:rsidRPr="00D43D77">
+                      <w:r w:rsidRPr="00F00E03">
                         <w:rPr>
-                          <w:szCs w:val="32"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="28"/>
                           <w:lang w:bidi="cy-GB"/>
                         </w:rPr>
                         <w:t>) Cyntaf</w:t>
                       </w:r>
-                      <w:r w:rsidRPr="00D43D77">
+                      <w:r w:rsidRPr="00F00E03">
                         <w:rPr>
-                          <w:szCs w:val="32"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="28"/>
                           <w:lang w:bidi="cy-GB"/>
                         </w:rPr>
                         <w:tab/>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="3221A39E" w14:textId="77777777" w:rsidR="002B38E2" w:rsidRPr="00D43D77" w:rsidRDefault="002B38E2" w:rsidP="002B38E2">
+                    <w:p w14:paraId="3221A39E" w14:textId="77777777" w:rsidR="002B38E2" w:rsidRPr="00F00E03" w:rsidRDefault="002B38E2" w:rsidP="002B38E2">
                       <w:pPr>
                         <w:spacing w:before="240" w:line="240" w:lineRule="auto"/>
                         <w:contextualSpacing/>
                         <w:jc w:val="both"/>
                         <w:rPr>
-                          <w:szCs w:val="32"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="28"/>
                         </w:rPr>
                       </w:pPr>
-                      <w:r w:rsidRPr="00D43D77">
+                      <w:r w:rsidRPr="00F00E03">
                         <w:rPr>
-                          <w:szCs w:val="32"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="28"/>
                           <w:lang w:bidi="cy-GB"/>
                         </w:rPr>
                         <w:t>Cyfenw:</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="4F8EAAAE" w14:textId="77777777" w:rsidR="002B38E2" w:rsidRPr="00D43D77" w:rsidRDefault="002B38E2" w:rsidP="002B38E2">
+                    <w:p w14:paraId="4F8EAAAE" w14:textId="77777777" w:rsidR="002B38E2" w:rsidRPr="00F00E03" w:rsidRDefault="002B38E2" w:rsidP="002B38E2">
                       <w:pPr>
                         <w:spacing w:before="240" w:line="240" w:lineRule="auto"/>
                         <w:contextualSpacing/>
                         <w:jc w:val="both"/>
                         <w:rPr>
-                          <w:szCs w:val="32"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="28"/>
                         </w:rPr>
                       </w:pPr>
-                      <w:r w:rsidRPr="00D43D77">
+                      <w:r w:rsidRPr="00F00E03">
                         <w:rPr>
-                          <w:szCs w:val="32"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="28"/>
                           <w:lang w:bidi="cy-GB"/>
                         </w:rPr>
                         <w:t xml:space="preserve">Dyddiad geni: </w:t>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="340FD5DF" w14:textId="31CE2B97" w:rsidR="002B38E2" w:rsidRPr="001D16C3" w:rsidRDefault="002B38E2" w:rsidP="00070898">
                       <w:pPr>
                         <w:spacing w:before="240" w:line="240" w:lineRule="auto"/>
                         <w:contextualSpacing/>
                         <w:jc w:val="both"/>
                         <w:rPr>
                           <w:sz w:val="15"/>
                           <w:szCs w:val="15"/>
                         </w:rPr>
                       </w:pPr>
-                      <w:r w:rsidRPr="00D43D77">
+                      <w:r w:rsidRPr="00F00E03">
                         <w:rPr>
-                          <w:szCs w:val="32"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="28"/>
                           <w:lang w:bidi="cy-GB"/>
                         </w:rPr>
                         <w:t>Cyfeiriad:</w:t>
                       </w:r>
                       <w:r w:rsidRPr="001D16C3">
                         <w:rPr>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="24"/>
                           <w:lang w:bidi="cy-GB"/>
                         </w:rPr>
                         <w:tab/>
                       </w:r>
                       <w:r w:rsidRPr="001D16C3">
                         <w:rPr>
                           <w:sz w:val="15"/>
                           <w:szCs w:val="15"/>
                           <w:lang w:bidi="cy-GB"/>
                         </w:rPr>
                         <w:tab/>
                       </w:r>
                       <w:r w:rsidRPr="001D16C3">
                         <w:rPr>
                           <w:sz w:val="15"/>
                           <w:szCs w:val="15"/>
                           <w:lang w:bidi="cy-GB"/>
                         </w:rPr>
                         <w:tab/>
                         <w:t xml:space="preserve">                             </w:t>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="5E8C9630" w14:textId="77777777" w:rsidR="002B38E2" w:rsidRPr="001D16C3" w:rsidRDefault="002B38E2" w:rsidP="002B38E2">
                       <w:pPr>
                         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                         <w:ind w:left="2880" w:firstLine="720"/>
                         <w:contextualSpacing/>
                         <w:rPr>
                           <w:sz w:val="15"/>
                           <w:szCs w:val="15"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap type="square" anchorx="margin"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
+      <w:r w:rsidRPr="001D16C3">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:noProof/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:bidi="cy-GB"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="13FA1B5E" wp14:editId="40347A96">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="margin">
+                  <wp:posOffset>5943600</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>93980</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="2918460" cy="1035050"/>
+                <wp:effectExtent l="0" t="0" r="15240" b="12700"/>
+                <wp:wrapNone/>
+                <wp:docPr id="7" name="Text Box 2"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1">
+                        <a:spLocks noChangeArrowheads="1"/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="2918460" cy="1035050"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="FFFFFF"/>
+                        </a:solidFill>
+                        <a:ln w="19050">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:miter lim="800000"/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="6025D289" w14:textId="00841C63" w:rsidR="00A37564" w:rsidRPr="00F00E03" w:rsidRDefault="00A37564" w:rsidP="0074544A">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00F00E03">
+                              <w:rPr>
+                                <w:b/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="28"/>
+                                <w:lang w:bidi="cy-GB"/>
+                              </w:rPr>
+                              <w:t>Mae'</w:t>
+                            </w:r>
+                            <w:r w:rsidR="00E42FFF" w:rsidRPr="00F00E03">
+                              <w:rPr>
+                                <w:b/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="28"/>
+                                <w:lang w:bidi="cy-GB"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">n bryd i’r </w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00F00E03">
+                              <w:rPr>
+                                <w:b/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="28"/>
+                                <w:lang w:bidi="cy-GB"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">plentyn a enwir </w:t>
+                            </w:r>
+                            <w:r w:rsidR="00E42FFF" w:rsidRPr="00F00E03">
+                              <w:rPr>
+                                <w:b/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="28"/>
+                                <w:lang w:bidi="cy-GB"/>
+                              </w:rPr>
+                              <w:t>g</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00F00E03">
+                              <w:rPr>
+                                <w:b/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="28"/>
+                                <w:lang w:bidi="cy-GB"/>
+                              </w:rPr>
+                              <w:t>ael y brechiad(</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r w:rsidRPr="00F00E03">
+                              <w:rPr>
+                                <w:b/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="28"/>
+                                <w:lang w:bidi="cy-GB"/>
+                              </w:rPr>
+                              <w:t>au</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r w:rsidRPr="00F00E03">
+                              <w:rPr>
+                                <w:b/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="28"/>
+                                <w:lang w:bidi="cy-GB"/>
+                              </w:rPr>
+                              <w:t>) a ddewis</w:t>
+                            </w:r>
+                            <w:r w:rsidR="00854A66" w:rsidRPr="00F00E03">
+                              <w:rPr>
+                                <w:b/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="28"/>
+                                <w:lang w:bidi="cy-GB"/>
+                              </w:rPr>
+                              <w:t>wyd</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="7978D4E3" w14:textId="1FBBD6A1" w:rsidR="00D43D77" w:rsidRPr="00F00E03" w:rsidRDefault="00A37564" w:rsidP="00A37564">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00F00E03">
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="28"/>
+                                <w:lang w:bidi="cy-GB"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">Llofnod rhiant/gwarcheidwad/unigolyn: </w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="5D595AAA" w14:textId="27EA7EB9" w:rsidR="00A37564" w:rsidRPr="00F00E03" w:rsidRDefault="00A37564" w:rsidP="00A37564">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00F00E03">
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="28"/>
+                                <w:lang w:bidi="cy-GB"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">Dyddiad: </w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="47F806B8" w14:textId="77777777" w:rsidR="00A37564" w:rsidRPr="001D16C3" w:rsidRDefault="00A37564" w:rsidP="00A37564">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:sz w:val="16"/>
+                                <w:szCs w:val="16"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="13FA1B5E" id="_x0000_s1028" type="#_x0000_t202" style="position:absolute;margin-left:468pt;margin-top:7.4pt;width:229.8pt;height:81.5pt;z-index:251658242;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDz1/qfFwIAACcEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO2yAQfa/Uf0C8N7bTZJtYcVbbbFNV&#10;2l6kbT8AA45RMUOBxE6/fgeczUbZt6o8IIaBMzNnzqxuh06Tg3RegaloMckpkYaDUGZX0V8/t+8W&#10;lPjAjGAajKzoUXp6u377ZtXbUk6hBS2kIwhifNnbirYh2DLLPG9lx/wErDTobMB1LKDpdplwrEf0&#10;TmfTPL/JenDCOuDSe7y9H510nfCbRvLwvWm8DERXFHMLaXdpr+OerVes3DlmW8VPabB/yKJjymDQ&#10;M9Q9C4zsnXoF1SnuwEMTJhy6DJpGcZlqwGqK/Kqax5ZZmWpBcrw90+T/Hyz/dni0PxwJw0cYsIGp&#10;CG8fgP/2xMCmZWYn75yDvpVMYOAiUpb11penr5FqX/oIUvdfQWCT2T5AAhoa10VWsE6C6NiA45l0&#10;OQTC8XK6LBazG3Rx9BX5+3k+T23JWPn83TofPkvoSDxU1GFXEzw7PPgQ02Hl85MYzYNWYqu0Tobb&#10;1RvtyIGhArZppQqunmlDegy/jMFfY0Q1yjNKGEYSriA6FVDKWnUVXeRxjeKKvH0yIgktMKXHM6as&#10;zYnIyN3IYhjqgSiBpMS/kdcaxBGZdTAqFycNDy24v5T0qNqK+j975iQl+ovB7iyL2SzKPBmz+Ycp&#10;Gu7SU196mOEIVdFAyXjchDQakQADd9jFRiV+XzI5pYxqTLSfJifK/dJOr17me/0EAAD//wMAUEsD&#10;BBQABgAIAAAAIQAQeqfQ4QAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSLyDtUjc&#10;qAMNSRPiVAjBASF+Unrh5sZLEhGvo9ht0rdne4LbjmY0O1+xnm0vDjj6zpGC60UEAql2pqNGwfbz&#10;6WoFwgdNRveOUMERPazL87NC58ZNVOFhExrBJeRzraANYcil9HWLVvuFG5DY+3aj1YHl2Egz6onL&#10;bS9voiiRVnfEH1o94EOL9c9mbxW8P6Yf9PZFzfQSP8fHqsrmbvuq1OXFfH8HIuAc/sJwms/ToeRN&#10;O7cn40WvIFsmzBLYiBnhFFhmtwmIHV9pugJZFvI/Q/kLAAD//wMAUEsBAi0AFAAGAAgAAAAhALaD&#10;OJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYA&#10;CAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYA&#10;CAAAACEA89f6nxcCAAAnBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAU&#10;AAYACAAAACEAEHqn0OEAAAALAQAADwAAAAAAAAAAAAAAAABxBAAAZHJzL2Rvd25yZXYueG1sUEsF&#10;BgAAAAAEAAQA8wAAAH8FAAAAAA==&#10;" strokecolor="black [3213]" strokeweight="1.5pt">
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w14:paraId="6025D289" w14:textId="00841C63" w:rsidR="00A37564" w:rsidRPr="00F00E03" w:rsidRDefault="00A37564" w:rsidP="0074544A">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="28"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00F00E03">
+                        <w:rPr>
+                          <w:b/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="28"/>
+                          <w:lang w:bidi="cy-GB"/>
+                        </w:rPr>
+                        <w:t>Mae'</w:t>
+                      </w:r>
+                      <w:r w:rsidR="00E42FFF" w:rsidRPr="00F00E03">
+                        <w:rPr>
+                          <w:b/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="28"/>
+                          <w:lang w:bidi="cy-GB"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">n bryd i’r </w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00F00E03">
+                        <w:rPr>
+                          <w:b/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="28"/>
+                          <w:lang w:bidi="cy-GB"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">plentyn a enwir </w:t>
+                      </w:r>
+                      <w:r w:rsidR="00E42FFF" w:rsidRPr="00F00E03">
+                        <w:rPr>
+                          <w:b/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="28"/>
+                          <w:lang w:bidi="cy-GB"/>
+                        </w:rPr>
+                        <w:t>g</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00F00E03">
+                        <w:rPr>
+                          <w:b/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="28"/>
+                          <w:lang w:bidi="cy-GB"/>
+                        </w:rPr>
+                        <w:t>ael y brechiad(</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r w:rsidRPr="00F00E03">
+                        <w:rPr>
+                          <w:b/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="28"/>
+                          <w:lang w:bidi="cy-GB"/>
+                        </w:rPr>
+                        <w:t>au</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r w:rsidRPr="00F00E03">
+                        <w:rPr>
+                          <w:b/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="28"/>
+                          <w:lang w:bidi="cy-GB"/>
+                        </w:rPr>
+                        <w:t>) a ddewis</w:t>
+                      </w:r>
+                      <w:r w:rsidR="00854A66" w:rsidRPr="00F00E03">
+                        <w:rPr>
+                          <w:b/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="28"/>
+                          <w:lang w:bidi="cy-GB"/>
+                        </w:rPr>
+                        <w:t>wyd</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="7978D4E3" w14:textId="1FBBD6A1" w:rsidR="00D43D77" w:rsidRPr="00F00E03" w:rsidRDefault="00A37564" w:rsidP="00A37564">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00F00E03">
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="28"/>
+                          <w:lang w:bidi="cy-GB"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">Llofnod rhiant/gwarcheidwad/unigolyn: </w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="5D595AAA" w14:textId="27EA7EB9" w:rsidR="00A37564" w:rsidRPr="00F00E03" w:rsidRDefault="00A37564" w:rsidP="00A37564">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="28"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00F00E03">
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="28"/>
+                          <w:lang w:bidi="cy-GB"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">Dyddiad: </w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="47F806B8" w14:textId="77777777" w:rsidR="00A37564" w:rsidRPr="001D16C3" w:rsidRDefault="00A37564" w:rsidP="00A37564">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:sz w:val="16"/>
+                          <w:szCs w:val="16"/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+                <w10:wrap anchorx="margin"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
       <w:r w:rsidR="008674A9">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:noProof/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:bidi="cy-GB"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251685376" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1834195E" wp14:editId="1C05BEC4">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658243" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1834195E" wp14:editId="1C05BEC4">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>3093057</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>-379371</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="2442459" cy="266065"/>
                 <wp:effectExtent l="0" t="0" r="15240" b="19685"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1833621648" name="Text Box 3"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1"/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="2442459" cy="266065"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
@@ -3918,119 +4249,119 @@
                               <w:t>Dylid defnyddio’r ffurflen hon o 1 Ionawr 2026.</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="1834195E" id="Text Box 3" o:spid="_x0000_s1029" type="#_x0000_t202" style="position:absolute;margin-left:243.55pt;margin-top:-29.85pt;width:192.3pt;height:20.95pt;z-index:251685376;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDgj07tPgIAAIUEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X+x4TtYYcYosRYYB&#10;QVsgHXpWZDk2IIuapMTOfv0o2flot9MwH2RKpJ/I90jP77tGkqMwtgaV0/EopkQoDkWt9jn98bL+&#10;dEeJdUwVTIISOT0JS+8XHz/MW52JBCqQhTAEQZTNWp3TyjmdRZHllWiYHYEWCp0lmIY53Jp9VBjW&#10;InojoySOp1ELptAGuLAWTx96J10E/LIU3D2VpRWOyJxibi6sJqw7v0aLOcv2humq5kMa7B+yaFit&#10;8NIL1ANzjBxM/QdUU3MDFko34tBEUJY1F6EGrGYcv6tmWzEtQi1IjtUXmuz/g+WPx61+NsR1X6FD&#10;AT0hrbaZxUNfT1eaxr8xU4J+pPB0oU10jnA8TNI0SSczSjj6kuk0nk48THT9WhvrvgloiDdyalCW&#10;wBY7bqzrQ88h/jILsi7WtZRh41tBrKQhR4YiShdyRPA3UVKRFtOfxZM4IL9xWrPfXQBWsX+GBG/C&#10;EFEqzPpavbdct+tIXeT085mZHRQnJMxA30tW83WNVW2Ydc/MYPMgRzgQ7gmXUgJmBYNFSQXm19/O&#10;fTxqil5KWmzGnNqfB2YEJfK7QrVn4zT13Rs26eRLghtz69ndetShWQFSNcbR0zyYPt7Js1kaaF5x&#10;bpb+VnQxxfHunLqzuXL9iODccbFchiDsV83cRm0199BeGq/ZS/fKjB6EddgSj3BuW5a907eP9V8q&#10;WB4clHUQ3/PcszrQj70e2meYSz9Mt/sQdf17LH4DAAD//wMAUEsDBBQABgAIAAAAIQCa9w2D3gAA&#10;AAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI8xT8MwEIV3JP6DdUhsrZOKkhDiVAiJAYmF0IHRjY84&#10;Ij6nsdMafj3HBNvde0/vvqt3yY3ihHMYPCnI1xkIpM6bgXoF+7enVQkiRE1Gj55QwRcG2DWXF7Wu&#10;jD/TK57a2AsuoVBpBTbGqZIydBadDms/IbH34WenI69zL82sz1zuRrnJslvp9EB8weoJHy12n+3i&#10;FDy/0PF9azeBlvR97Gif2sJbpa6v0sM9iIgp/oXhF5/RoWGmg1/IBDEquCmLnKMKVtu7AgQnWODh&#10;wEpelCCbWv7/ofkBAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAA&#10;AAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA4I9O7T4CAACFBAAADgAA&#10;AAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAmvcNg94AAAALAQAA&#10;DwAAAAAAAAAAAAAAAACYBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAKMFAAAAAA==&#10;" fillcolor="white [3201]" strokecolor="#c00000" strokeweight="1.5pt">
+              <v:shape w14:anchorId="1834195E" id="Text Box 3" o:spid="_x0000_s1029" type="#_x0000_t202" style="position:absolute;margin-left:243.55pt;margin-top:-29.85pt;width:192.3pt;height:20.95pt;z-index:251658243;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDgj07tPgIAAIUEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X+x4TtYYcYosRYYB&#10;QVsgHXpWZDk2IIuapMTOfv0o2flot9MwH2RKpJ/I90jP77tGkqMwtgaV0/EopkQoDkWt9jn98bL+&#10;dEeJdUwVTIISOT0JS+8XHz/MW52JBCqQhTAEQZTNWp3TyjmdRZHllWiYHYEWCp0lmIY53Jp9VBjW&#10;InojoySOp1ELptAGuLAWTx96J10E/LIU3D2VpRWOyJxibi6sJqw7v0aLOcv2humq5kMa7B+yaFit&#10;8NIL1ANzjBxM/QdUU3MDFko34tBEUJY1F6EGrGYcv6tmWzEtQi1IjtUXmuz/g+WPx61+NsR1X6FD&#10;AT0hrbaZxUNfT1eaxr8xU4J+pPB0oU10jnA8TNI0SSczSjj6kuk0nk48THT9WhvrvgloiDdyalCW&#10;wBY7bqzrQ88h/jILsi7WtZRh41tBrKQhR4YiShdyRPA3UVKRFtOfxZM4IL9xWrPfXQBWsX+GBG/C&#10;EFEqzPpavbdct+tIXeT085mZHRQnJMxA30tW83WNVW2Ydc/MYPMgRzgQ7gmXUgJmBYNFSQXm19/O&#10;fTxqil5KWmzGnNqfB2YEJfK7QrVn4zT13Rs26eRLghtz69ndetShWQFSNcbR0zyYPt7Js1kaaF5x&#10;bpb+VnQxxfHunLqzuXL9iODccbFchiDsV83cRm0199BeGq/ZS/fKjB6EddgSj3BuW5a907eP9V8q&#10;WB4clHUQ3/PcszrQj70e2meYSz9Mt/sQdf17LH4DAAD//wMAUEsDBBQABgAIAAAAIQCa9w2D3gAA&#10;AAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI8xT8MwEIV3JP6DdUhsrZOKkhDiVAiJAYmF0IHRjY84&#10;Ij6nsdMafj3HBNvde0/vvqt3yY3ihHMYPCnI1xkIpM6bgXoF+7enVQkiRE1Gj55QwRcG2DWXF7Wu&#10;jD/TK57a2AsuoVBpBTbGqZIydBadDms/IbH34WenI69zL82sz1zuRrnJslvp9EB8weoJHy12n+3i&#10;FDy/0PF9azeBlvR97Gif2sJbpa6v0sM9iIgp/oXhF5/RoWGmg1/IBDEquCmLnKMKVtu7AgQnWODh&#10;wEpelCCbWv7/ofkBAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAA&#10;AAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA4I9O7T4CAACFBAAADgAA&#10;AAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAmvcNg94AAAALAQAA&#10;DwAAAAAAAAAAAAAAAACYBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAKMFAAAAAA==&#10;" fillcolor="white [3201]" strokecolor="#c00000" strokeweight="1.5pt">
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w14:paraId="7D5FB17C" w14:textId="3ACC13F3" w:rsidR="00BA3063" w:rsidRPr="0074544A" w:rsidRDefault="00BA3063">
                       <w:pPr>
                         <w:rPr>
                           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                           <w:b/>
                           <w:bCs/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="0074544A">
                         <w:rPr>
                           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                           <w:b/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                           <w:lang w:bidi="cy-GB"/>
                         </w:rPr>
                         <w:t>Dylid defnyddio’r ffurflen hon o 1 Ionawr 2026.</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap anchorx="margin"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00977A0B" w:rsidSect="002B38E2">
-      <w:headerReference w:type="default" r:id="rId13"/>
-      <w:footerReference w:type="default" r:id="rId14"/>
+      <w:headerReference w:type="default" r:id="rId12"/>
+      <w:footerReference w:type="default" r:id="rId13"/>
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="63B25E8C" w14:textId="77777777" w:rsidR="000F3D62" w:rsidRDefault="000F3D62" w:rsidP="00A37564">
+    <w:p w14:paraId="6F268247" w14:textId="77777777" w:rsidR="00593649" w:rsidRDefault="00593649" w:rsidP="00A37564">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="154A0BF8" w14:textId="77777777" w:rsidR="000F3D62" w:rsidRDefault="000F3D62" w:rsidP="00A37564">
+    <w:p w14:paraId="270EA75A" w14:textId="77777777" w:rsidR="00593649" w:rsidRDefault="00593649" w:rsidP="00A37564">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="79B9F9EC" w14:textId="77777777" w:rsidR="000F3D62" w:rsidRDefault="000F3D62">
+    <w:p w14:paraId="6FA1E931" w14:textId="77777777" w:rsidR="00593649" w:rsidRDefault="00593649">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
@@ -4133,51 +4464,51 @@
   </w:p>
   <w:p w14:paraId="10EFFFFA" w14:textId="30DEC0B6" w:rsidR="00A37564" w:rsidRPr="00CF6737" w:rsidRDefault="00A37564" w:rsidP="00CF6737">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:spacing w:line="276" w:lineRule="auto"/>
       <w:rPr>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00CF6737">
       <w:rPr>
         <w:lang w:bidi="cy-GB"/>
       </w:rPr>
       <w:t>Dyddiad rhoi'r brechiad:</w:t>
     </w:r>
     <w:r w:rsidRPr="00CF6737">
       <w:rPr>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:bidi="cy-GB"/>
       </w:rPr>
       <w:tab/>
     </w:r>
   </w:p>
-  <w:p w14:paraId="4C3174E3" w14:textId="75E52FE6" w:rsidR="00A37564" w:rsidRPr="00CF6737" w:rsidRDefault="19B1582A" w:rsidP="00CF6737">
+  <w:p w14:paraId="4C3174E3" w14:textId="5E0D9E1C" w:rsidR="00A37564" w:rsidRPr="00CF6737" w:rsidRDefault="19B1582A" w:rsidP="00CF6737">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:sz w:val="36"/>
         <w:szCs w:val="36"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00CF6737">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:bidi="cy-GB"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidR="00A37564" w:rsidRPr="00CF6737">
       <w:rPr>
         <w:sz w:val="36"/>
         <w:szCs w:val="36"/>
         <w:lang w:bidi="cy-GB"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="00A37564" w:rsidRPr="00CF6737">
       <w:rPr>
@@ -4211,80 +4542,96 @@
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="00A37564" w:rsidRPr="00CF6737">
       <w:rPr>
         <w:sz w:val="36"/>
         <w:szCs w:val="36"/>
         <w:lang w:bidi="cy-GB"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="00A37564" w:rsidRPr="00CF6737">
       <w:rPr>
         <w:sz w:val="36"/>
         <w:szCs w:val="36"/>
         <w:lang w:bidi="cy-GB"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidRPr="00CF6737">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:lang w:bidi="cy-GB"/>
       </w:rPr>
-      <w:t>PHW Fersiwn 7 Ionawr 2026</w:t>
+      <w:t xml:space="preserve">PHW Fersiwn </w:t>
+    </w:r>
+    <w:r w:rsidR="00F738AC">
+      <w:rPr>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+        <w:lang w:bidi="cy-GB"/>
+      </w:rPr>
+      <w:t xml:space="preserve">8 </w:t>
+    </w:r>
+    <w:r w:rsidRPr="00CF6737">
+      <w:rPr>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+        <w:lang w:bidi="cy-GB"/>
+      </w:rPr>
+      <w:t>Ionawr 2026</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="293C2C7E" w14:textId="77777777" w:rsidR="000F3D62" w:rsidRDefault="000F3D62" w:rsidP="00A37564">
+    <w:p w14:paraId="503287F4" w14:textId="77777777" w:rsidR="00593649" w:rsidRDefault="00593649" w:rsidP="00A37564">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="47176E08" w14:textId="77777777" w:rsidR="000F3D62" w:rsidRDefault="000F3D62" w:rsidP="00A37564">
+    <w:p w14:paraId="53D1B711" w14:textId="77777777" w:rsidR="00593649" w:rsidRDefault="00593649" w:rsidP="00A37564">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="37282E38" w14:textId="77777777" w:rsidR="000F3D62" w:rsidRDefault="000F3D62">
+    <w:p w14:paraId="64C1114E" w14:textId="77777777" w:rsidR="00593649" w:rsidRDefault="00593649">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="7B3F053E" w14:textId="0BF41BBC" w:rsidR="00A37564" w:rsidRPr="001D16C3" w:rsidRDefault="00A37564" w:rsidP="00A37564">
     <w:pPr>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="29"/>
         <w:szCs w:val="40"/>
         <w:u w:val="single"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:noProof/>
@@ -4420,265 +4767,305 @@
       <w:rPr>
         <w:b/>
         <w:sz w:val="29"/>
         <w:szCs w:val="40"/>
         <w:u w:val="single"/>
         <w:lang w:bidi="cy-GB"/>
       </w:rPr>
       <w:t>Ffurflen Cofnodi Imiwneiddio Heb ei Drefnu</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="366F7AF5" w14:textId="243646DC" w:rsidR="00A37564" w:rsidRDefault="00A37564">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="1F5FF546" w14:textId="77777777" w:rsidR="00A37564" w:rsidRDefault="00A37564">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="140"/>
+  <w:zoom w:percent="120"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="002B38E2"/>
     <w:rsid w:val="00002A36"/>
     <w:rsid w:val="000256DE"/>
     <w:rsid w:val="00040BB2"/>
     <w:rsid w:val="000432B2"/>
     <w:rsid w:val="00056D2B"/>
     <w:rsid w:val="0006028C"/>
     <w:rsid w:val="00070898"/>
     <w:rsid w:val="000843AC"/>
     <w:rsid w:val="00094C21"/>
     <w:rsid w:val="000A0C42"/>
     <w:rsid w:val="000E4DFC"/>
     <w:rsid w:val="000E7685"/>
     <w:rsid w:val="000F3D62"/>
     <w:rsid w:val="00116FDD"/>
     <w:rsid w:val="00146ADE"/>
     <w:rsid w:val="001A4289"/>
     <w:rsid w:val="001E66D7"/>
+    <w:rsid w:val="001F4F16"/>
     <w:rsid w:val="00200F79"/>
     <w:rsid w:val="00205AF8"/>
     <w:rsid w:val="00210044"/>
+    <w:rsid w:val="00213281"/>
     <w:rsid w:val="002148E4"/>
     <w:rsid w:val="00231F05"/>
     <w:rsid w:val="00233600"/>
     <w:rsid w:val="00251781"/>
+    <w:rsid w:val="00255272"/>
     <w:rsid w:val="002638FE"/>
     <w:rsid w:val="00275CA8"/>
     <w:rsid w:val="00295360"/>
     <w:rsid w:val="002A469E"/>
     <w:rsid w:val="002B116D"/>
     <w:rsid w:val="002B2F97"/>
     <w:rsid w:val="002B38E2"/>
     <w:rsid w:val="002C323B"/>
     <w:rsid w:val="002C4559"/>
     <w:rsid w:val="002F5F5C"/>
+    <w:rsid w:val="00302F4C"/>
     <w:rsid w:val="00311D64"/>
     <w:rsid w:val="00321C56"/>
+    <w:rsid w:val="00335B55"/>
     <w:rsid w:val="003407A1"/>
     <w:rsid w:val="003411E4"/>
     <w:rsid w:val="00361AAD"/>
     <w:rsid w:val="00372293"/>
     <w:rsid w:val="00380438"/>
     <w:rsid w:val="00382596"/>
     <w:rsid w:val="0039437D"/>
+    <w:rsid w:val="003B3A19"/>
     <w:rsid w:val="003C02AB"/>
     <w:rsid w:val="003C431A"/>
     <w:rsid w:val="003F1749"/>
     <w:rsid w:val="003F1B87"/>
     <w:rsid w:val="004022AD"/>
     <w:rsid w:val="00416B59"/>
     <w:rsid w:val="004424BD"/>
     <w:rsid w:val="00485271"/>
     <w:rsid w:val="00487055"/>
     <w:rsid w:val="0049537D"/>
     <w:rsid w:val="004C7A92"/>
     <w:rsid w:val="004E2581"/>
     <w:rsid w:val="004F0311"/>
     <w:rsid w:val="004F2380"/>
     <w:rsid w:val="00505175"/>
+    <w:rsid w:val="00510F88"/>
     <w:rsid w:val="00517722"/>
     <w:rsid w:val="005203B1"/>
     <w:rsid w:val="00533CD9"/>
     <w:rsid w:val="00541FE0"/>
     <w:rsid w:val="005456D2"/>
     <w:rsid w:val="00547B45"/>
     <w:rsid w:val="005577D7"/>
+    <w:rsid w:val="00564C0B"/>
     <w:rsid w:val="00571D83"/>
     <w:rsid w:val="0057309F"/>
+    <w:rsid w:val="00593649"/>
+    <w:rsid w:val="00594D09"/>
     <w:rsid w:val="005B487F"/>
     <w:rsid w:val="005C121B"/>
     <w:rsid w:val="005D5A93"/>
     <w:rsid w:val="005E1A24"/>
     <w:rsid w:val="005E4D48"/>
     <w:rsid w:val="006213BE"/>
+    <w:rsid w:val="00662AFB"/>
     <w:rsid w:val="00675749"/>
     <w:rsid w:val="00676DEC"/>
     <w:rsid w:val="0069267F"/>
+    <w:rsid w:val="006A13AC"/>
     <w:rsid w:val="006B0186"/>
     <w:rsid w:val="006B2F41"/>
     <w:rsid w:val="006B4D9C"/>
     <w:rsid w:val="006C09AA"/>
     <w:rsid w:val="006C21E1"/>
+    <w:rsid w:val="006C52D2"/>
     <w:rsid w:val="006C575A"/>
     <w:rsid w:val="006D4E56"/>
+    <w:rsid w:val="006E3BB4"/>
     <w:rsid w:val="006F47E5"/>
     <w:rsid w:val="006F631A"/>
     <w:rsid w:val="007102F5"/>
     <w:rsid w:val="00726495"/>
+    <w:rsid w:val="00726502"/>
+    <w:rsid w:val="00731DEC"/>
     <w:rsid w:val="007355CC"/>
+    <w:rsid w:val="00737329"/>
     <w:rsid w:val="00744C5F"/>
     <w:rsid w:val="0074544A"/>
     <w:rsid w:val="00747B31"/>
+    <w:rsid w:val="007619B7"/>
     <w:rsid w:val="0076305E"/>
     <w:rsid w:val="007649B1"/>
     <w:rsid w:val="00777A34"/>
     <w:rsid w:val="00782DEB"/>
     <w:rsid w:val="00786E61"/>
     <w:rsid w:val="007C0B74"/>
     <w:rsid w:val="007C65E0"/>
     <w:rsid w:val="007D16EA"/>
+    <w:rsid w:val="007E0DB5"/>
+    <w:rsid w:val="007F7EE6"/>
+    <w:rsid w:val="00803F41"/>
     <w:rsid w:val="00815355"/>
     <w:rsid w:val="00854A66"/>
     <w:rsid w:val="00861036"/>
     <w:rsid w:val="00862719"/>
     <w:rsid w:val="008674A9"/>
     <w:rsid w:val="00881735"/>
     <w:rsid w:val="00897FE4"/>
     <w:rsid w:val="008E37D6"/>
     <w:rsid w:val="008F69C9"/>
     <w:rsid w:val="00905CF8"/>
     <w:rsid w:val="00910F01"/>
     <w:rsid w:val="00921A9F"/>
     <w:rsid w:val="00932A07"/>
     <w:rsid w:val="009331D4"/>
     <w:rsid w:val="00935AD2"/>
+    <w:rsid w:val="00955C2F"/>
     <w:rsid w:val="00977A0B"/>
     <w:rsid w:val="00993DF4"/>
     <w:rsid w:val="009C2290"/>
     <w:rsid w:val="009C4788"/>
     <w:rsid w:val="009D3E13"/>
     <w:rsid w:val="009D4614"/>
     <w:rsid w:val="009E65E7"/>
     <w:rsid w:val="009F2BA7"/>
     <w:rsid w:val="00A03ECD"/>
     <w:rsid w:val="00A37564"/>
     <w:rsid w:val="00A620E3"/>
     <w:rsid w:val="00A67240"/>
     <w:rsid w:val="00A85BCC"/>
     <w:rsid w:val="00A94515"/>
     <w:rsid w:val="00A95026"/>
     <w:rsid w:val="00AA01B9"/>
     <w:rsid w:val="00AD5202"/>
     <w:rsid w:val="00AF3D4F"/>
     <w:rsid w:val="00B052A1"/>
     <w:rsid w:val="00B07947"/>
     <w:rsid w:val="00B30AE8"/>
     <w:rsid w:val="00B337FE"/>
+    <w:rsid w:val="00B3493F"/>
     <w:rsid w:val="00B45289"/>
+    <w:rsid w:val="00B5612D"/>
     <w:rsid w:val="00B56D8A"/>
     <w:rsid w:val="00B60092"/>
     <w:rsid w:val="00B90523"/>
     <w:rsid w:val="00BA2AE2"/>
     <w:rsid w:val="00BA3063"/>
     <w:rsid w:val="00BB18B8"/>
+    <w:rsid w:val="00BB7B5C"/>
     <w:rsid w:val="00BC12F2"/>
     <w:rsid w:val="00BC13D8"/>
+    <w:rsid w:val="00BC3C25"/>
     <w:rsid w:val="00BD650D"/>
     <w:rsid w:val="00BE26C4"/>
     <w:rsid w:val="00BE51C0"/>
+    <w:rsid w:val="00BE7199"/>
     <w:rsid w:val="00C0272C"/>
     <w:rsid w:val="00C02A55"/>
     <w:rsid w:val="00C15573"/>
     <w:rsid w:val="00C25293"/>
+    <w:rsid w:val="00C270E1"/>
     <w:rsid w:val="00C30B27"/>
+    <w:rsid w:val="00C42AE3"/>
     <w:rsid w:val="00C507F4"/>
     <w:rsid w:val="00C808E2"/>
     <w:rsid w:val="00C80BBA"/>
     <w:rsid w:val="00CB22D7"/>
     <w:rsid w:val="00CB5A65"/>
+    <w:rsid w:val="00CC6998"/>
     <w:rsid w:val="00CF3E4B"/>
     <w:rsid w:val="00CF6737"/>
+    <w:rsid w:val="00D024B0"/>
     <w:rsid w:val="00D132EC"/>
+    <w:rsid w:val="00D21C8D"/>
     <w:rsid w:val="00D2280D"/>
+    <w:rsid w:val="00D368F8"/>
     <w:rsid w:val="00D37906"/>
     <w:rsid w:val="00D43D77"/>
     <w:rsid w:val="00D607D3"/>
     <w:rsid w:val="00D772D4"/>
     <w:rsid w:val="00D96631"/>
     <w:rsid w:val="00DA0882"/>
     <w:rsid w:val="00DC61EF"/>
+    <w:rsid w:val="00E007E4"/>
     <w:rsid w:val="00E01D36"/>
+    <w:rsid w:val="00E025DC"/>
     <w:rsid w:val="00E0790F"/>
     <w:rsid w:val="00E35DF8"/>
     <w:rsid w:val="00E423F9"/>
     <w:rsid w:val="00E42FFF"/>
     <w:rsid w:val="00E87C20"/>
     <w:rsid w:val="00EA0525"/>
     <w:rsid w:val="00EE6A54"/>
+    <w:rsid w:val="00F00E03"/>
     <w:rsid w:val="00F03934"/>
     <w:rsid w:val="00F04677"/>
+    <w:rsid w:val="00F23E32"/>
     <w:rsid w:val="00F45487"/>
+    <w:rsid w:val="00F738AC"/>
     <w:rsid w:val="00F756AA"/>
     <w:rsid w:val="00F807F5"/>
+    <w:rsid w:val="00FA33D1"/>
     <w:rsid w:val="00FD05A8"/>
     <w:rsid w:val="00FD69F5"/>
     <w:rsid w:val="00FE57CB"/>
     <w:rsid w:val="00FE755E"/>
     <w:rsid w:val="00FF0D60"/>
     <w:rsid w:val="00FF4DC9"/>
+    <w:rsid w:val="00FF59C9"/>
     <w:rsid w:val="045F0437"/>
     <w:rsid w:val="12BBD431"/>
     <w:rsid w:val="15FDB252"/>
     <w:rsid w:val="19B1582A"/>
     <w:rsid w:val="1C8243CD"/>
     <w:rsid w:val="1D3233BB"/>
     <w:rsid w:val="24648AA9"/>
     <w:rsid w:val="24D07E68"/>
     <w:rsid w:val="2970E573"/>
     <w:rsid w:val="2B922B08"/>
     <w:rsid w:val="32EE4C8B"/>
     <w:rsid w:val="3CEC9595"/>
     <w:rsid w:val="3EB0A1EC"/>
     <w:rsid w:val="43B54C21"/>
     <w:rsid w:val="452E87BD"/>
     <w:rsid w:val="4E90EBF7"/>
     <w:rsid w:val="54644BBE"/>
     <w:rsid w:val="608B9B9D"/>
     <w:rsid w:val="62EDBDCC"/>
     <w:rsid w:val="652E3C18"/>
     <w:rsid w:val="67959326"/>
     <w:rsid w:val="68F89B9B"/>
     <w:rsid w:val="6A408000"/>
     <w:rsid w:val="7DC175C7"/>
   </w:rsids>
@@ -5990,55 +6377,55 @@
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
     <w:div w:id="2139836764">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icc.gig.cymru/pynciau/imiwneiddio-a-brechlynnau/adnoddau-brechlyn-ar-gyfer-gweithwyr-iechyd-a-gofal-cymdeithasol-proffesiynol/newidiadau-ir-amserlen-imiwneiddio-i-blant-gwybodaeth-i-weithwyr-iechyd/offeryn-cymhwysedd-mmrv-ar-1-ionawr-2026/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icc.gig.cymru/pynciau/imiwneiddio-a-brechlynnau/adnoddau-brechlyn-ar-gyfer-gweithwyr-iechyd-a-gofal-cymdeithasol-proffesiynol/newidiadau-ir-amserlen-imiwneiddio-i-blant-gwybodaeth-i-weithwyr-iechyd/offeryn-cymhwysedd-mmrv-ar-1-ionawr-2026/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
@@ -6309,221 +6696,295 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...11 lines deleted...]
-    <xsd:import namespace="6414e7a8-3859-4baa-9b8d-a01e638680ef"/>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100D645F8889482814EBB8A3D6A36545BF4" ma:contentTypeVersion="22" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="8d3c7fee1be1805f0773c1e90301d653">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="2c9bf0ee-e2fa-4332-ade7-023316494af1" xmlns:ns3="fdfaf355-f7ae-47f3-8f93-739a60756710" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="ac588c0bdda8550adca30fe84b0f29a1" ns2:_="" ns3:_="">
+    <xsd:import namespace="2c9bf0ee-e2fa-4332-ade7-023316494af1"/>
+    <xsd:import namespace="fdfaf355-f7ae-47f3-8f93-739a60756710"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
-                <xsd:element ref="ns2:_dlc_DocId" minOccurs="0"/>
-[...1 lines deleted...]
-                <xsd:element ref="ns2:_dlc_DocIdPersistId" minOccurs="0"/>
+                <xsd:element ref="ns2:TypeofDocument"/>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:TypeofFAQ" minOccurs="0"/>
+                <xsd:element ref="ns2:LifeCourse" minOccurs="0"/>
+                <xsd:element ref="ns2:VersionNumbers" minOccurs="0"/>
+                <xsd:element ref="ns2:Archive" minOccurs="0"/>
+                <xsd:element ref="ns2:TypeofDocument0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
-                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
-[...5 lines deleted...]
-                <xsd:element ref="ns2:DocumentType" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:VersionHistory" minOccurs="0"/>
+                <xsd:element ref="ns2:test" minOccurs="0"/>
+                <xsd:element ref="ns2:RetentionDate" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="a52a7c76-ceac-446d-ac85-cb82d00e3116" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="2c9bf0ee-e2fa-4332-ade7-023316494af1" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="_dlc_DocId" ma:index="8" nillable="true" ma:displayName="Document ID Value" ma:description="The value of the document ID assigned to this item." ma:internalName="_dlc_DocId" ma:readOnly="false">
+    <xsd:element name="TypeofDocument" ma:index="8" ma:displayName="Topic " ma:format="Dropdown" ma:internalName="TypeofDocument">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Choice">
+          <xsd:enumeration value="Healthcare Professionals Information &amp; Guidance"/>
+          <xsd:enumeration value="Training"/>
+          <xsd:enumeration value="Policy"/>
+          <xsd:enumeration value="PGDs and Protocols"/>
+          <xsd:enumeration value="HCP FAQs"/>
+          <xsd:enumeration value="Tarian"/>
+          <xsd:enumeration value="Reference Sources"/>
+          <xsd:enumeration value="E-Learning"/>
+          <xsd:enumeration value="Nurse Meetings"/>
+          <xsd:enumeration value="Other"/>
+          <xsd:enumeration value="Evaluation"/>
+          <xsd:enumeration value="External Meetings"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="10" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="11" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="12" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="_dlc_DocIdUrl" ma:index="9" nillable="true" ma:displayName="Document ID" ma:description="Permanent link to this document." ma:format="Hyperlink" ma:hidden="true" ma:internalName="_dlc_DocIdUrl" ma:readOnly="false">
+    <xsd:element name="TypeofFAQ" ma:index="13" nillable="true" ma:displayName="Vaccine names" ma:format="Dropdown" ma:internalName="TypeofFAQ" ma:requiredMultiChoice="true">
       <xsd:complexType>
         <xsd:complexContent>
-          <xsd:extension base="dms:URL">
+          <xsd:extension base="dms:MultiChoice">
             <xsd:sequence>
-              <xsd:element name="Url" type="dms:ValidUrl" minOccurs="0" nillable="true"/>
-              <xsd:element name="Description" type="xsd:string" nillable="true"/>
+              <xsd:element name="Value" maxOccurs="unbounded" minOccurs="0" nillable="true">
+                <xsd:simpleType>
+                  <xsd:restriction base="dms:Choice">
+                    <xsd:enumeration value="MMR"/>
+                    <xsd:enumeration value="HPV"/>
+                    <xsd:enumeration value="Shingles"/>
+                    <xsd:enumeration value="HepB"/>
+                    <xsd:enumeration value="3in1: Teenage Booster"/>
+                    <xsd:enumeration value="MenACWY"/>
+                    <xsd:enumeration value="Covid19"/>
+                    <xsd:enumeration value="RSV"/>
+                    <xsd:enumeration value="Flu"/>
+                    <xsd:enumeration value="Combined Vaccines"/>
+                    <xsd:enumeration value="MMR &amp; MMRv"/>
+                    <xsd:enumeration value="Non-specific vaccine info"/>
+                    <xsd:enumeration value="BCG"/>
+                    <xsd:enumeration value="HIB/MenC"/>
+                    <xsd:enumeration value="Measles"/>
+                    <xsd:enumeration value="MenB"/>
+                    <xsd:enumeration value="Pneumococcal"/>
+                    <xsd:enumeration value="MPox"/>
+                    <xsd:enumeration value="Rotavirus"/>
+                    <xsd:enumeration value="Shingles"/>
+                    <xsd:enumeration value="Whooping Cough"/>
+                    <xsd:enumeration value="4in1: For Pre-School"/>
+                    <xsd:enumeration value="6in1: For Babies"/>
+                    <xsd:enumeration value="HepA"/>
+                    <xsd:enumeration value="Typhoid"/>
+                    <xsd:enumeration value="Varicella"/>
+                    <xsd:enumeration value="MenB for Gonorrhoea"/>
+                    <xsd:enumeration value="HepB"/>
+                    <xsd:enumeration value="Pertussis"/>
+                  </xsd:restriction>
+                </xsd:simpleType>
+              </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="_dlc_DocIdPersistId" ma:index="10" nillable="true" ma:displayName="Persist ID" ma:description="Keep ID on add." ma:hidden="true" ma:internalName="_dlc_DocIdPersistId" ma:readOnly="false">
+    <xsd:element name="LifeCourse" ma:index="14" nillable="true" ma:displayName="Life Course" ma:format="Dropdown" ma:internalName="LifeCourse" ma:requiredMultiChoice="true">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoice">
+            <xsd:sequence>
+              <xsd:element name="Value" maxOccurs="unbounded" minOccurs="0" nillable="true">
+                <xsd:simpleType>
+                  <xsd:restriction base="dms:Choice">
+                    <xsd:enumeration value="School Age"/>
+                    <xsd:enumeration value="Adult"/>
+                    <xsd:enumeration value="Generic Life Course"/>
+                    <xsd:enumeration value="Pre-School"/>
+                    <xsd:enumeration value="Pregnancy"/>
+                    <xsd:enumeration value="Changes Childhood Schedule"/>
+                    <xsd:enumeration value="All"/>
+                    <xsd:enumeration value="N/A"/>
+                  </xsd:restriction>
+                </xsd:simpleType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="VersionNumbers" ma:index="15" nillable="true" ma:displayName="Version Numbers" ma:format="Dropdown" ma:internalName="VersionNumbers">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="Archive" ma:index="16" nillable="true" ma:displayName="Move to Archive Library" ma:default="0" ma:description="Document is no longer in use." ma:format="Dropdown" ma:internalName="Archive">
       <xsd:simpleType>
         <xsd:restriction base="dms:Boolean"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceMetadata" ma:index="11" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+    <xsd:element name="TypeofDocument0" ma:index="17" ma:displayName="Type of Document" ma:format="Dropdown" ma:internalName="TypeofDocument0">
       <xsd:simpleType>
-        <xsd:restriction base="dms:Note"/>
+        <xsd:restriction base="dms:Choice">
+          <xsd:enumeration value="Meetings - Action log"/>
+          <xsd:enumeration value="Meetings - Agenda"/>
+          <xsd:enumeration value="Highlight report"/>
+          <xsd:enumeration value="Meetings - risk log"/>
+          <xsd:enumeration value="Reports"/>
+          <xsd:enumeration value="Meetings - Minutes"/>
+          <xsd:enumeration value="Supporting documents"/>
+          <xsd:enumeration value="Highlight Reports"/>
+          <xsd:enumeration value="Tarian - Responses"/>
+          <xsd:enumeration value="Tarian - SOP/Guidance"/>
+          <xsd:enumeration value="Tarian - Supporting Documents"/>
+          <xsd:enumeration value="Tarian - Audit"/>
+          <xsd:enumeration value="Tarian - Data"/>
+          <xsd:enumeration value="Meetings - Presentations"/>
+          <xsd:enumeration value="Template"/>
+          <xsd:enumeration value="Training Slides"/>
+          <xsd:enumeration value="Evaluation - survey"/>
+          <xsd:enumeration value="Evaluation - report"/>
+        </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceFastMetadata" ma:index="12" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
-[...4 lines deleted...]
-    <xsd:element name="MediaServiceDateTaken" ma:index="13" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+    <xsd:element name="MediaServiceDateTaken" ma:index="18" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaLengthInSeconds" ma:index="14" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+    <xsd:element name="MediaServiceGenerationTime" ma:index="19" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="20" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="21" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="17" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
-[...36 lines deleted...]
-    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="24" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="cefaef41-70dc-4075-804e-d4e4dbdaeee0" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="23" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="cefaef41-70dc-4075-804e-d4e4dbdaeee0" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="MediaServiceOCR" ma:index="26" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+    <xsd:element name="MediaServiceOCR" ma:index="25" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-  </xsd:schema>
-[...22 lines deleted...]
-    <xsd:element name="SharedWithDetails" ma:index="16" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+    <xsd:element name="VersionHistory" ma:index="26" nillable="true" ma:displayName="Version History " ma:format="Dropdown" ma:internalName="VersionHistory">
       <xsd:simpleType>
-        <xsd:restriction base="dms:Note">
-          <xsd:maxLength value="255"/>
+        <xsd:restriction base="dms:Choice">
+          <xsd:enumeration value="Version 1"/>
+          <xsd:enumeration value="Choice 2"/>
+          <xsd:enumeration value="Choice 3"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="TaxCatchAll" ma:index="25" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{618f6ec3-e231-4976-ae15-f455b1d0acd0}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="6414e7a8-3859-4baa-9b8d-a01e638680ef">
+    <xsd:element name="test" ma:index="27" nillable="true" ma:displayName="test" ma:format="Dropdown" ma:internalName="test">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Choice">
+          <xsd:enumeration value="Working Draft"/>
+          <xsd:enumeration value="FINAL FOR UPLOAD"/>
+          <xsd:enumeration value="Choice 3"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="RetentionDate" ma:index="28" nillable="true" ma:displayName="Retention Date" ma:format="DateOnly" ma:internalName="RetentionDate">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:DateTime"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="fdfaf355-f7ae-47f3-8f93-739a60756710" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="TaxCatchAll" ma:index="24" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{4a3ffe3a-ac90-4981-bec8-4654896fe9f4}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="fdfaf355-f7ae-47f3-8f93-739a60756710">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:MultiChoiceLookup">
             <xsd:sequence>
               <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
@@ -6590,165 +7051,177 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
-    <TaxCatchAll xmlns="6414e7a8-3859-4baa-9b8d-a01e638680ef" xsi:nil="true"/>
-    <lcf76f155ced4ddcb4097134ff3c332f xmlns="a52a7c76-ceac-446d-ac85-cb82d00e3116">
+    <TaxCatchAll xmlns="fdfaf355-f7ae-47f3-8f93-739a60756710" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="2c9bf0ee-e2fa-4332-ade7-023316494af1">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
-    <_dlc_DocIdUrl xmlns="a52a7c76-ceac-446d-ac85-cb82d00e3116">
-[...6 lines deleted...]
-    <Archive xmlns="a52a7c76-ceac-446d-ac85-cb82d00e3116" xsi:nil="true"/>
+    <Archive xmlns="2c9bf0ee-e2fa-4332-ade7-023316494af1" xsi:nil="true"/>
+    <TypeofFAQ xmlns="2c9bf0ee-e2fa-4332-ade7-023316494af1">
+      <Value>Non-specific vaccine info</Value>
+    </TypeofFAQ>
+    <test xmlns="2c9bf0ee-e2fa-4332-ade7-023316494af1" xsi:nil="true"/>
+    <VersionHistory xmlns="2c9bf0ee-e2fa-4332-ade7-023316494af1" xsi:nil="true"/>
+    <VersionNumbers xmlns="2c9bf0ee-e2fa-4332-ade7-023316494af1" xsi:nil="true"/>
+    <TypeofDocument xmlns="2c9bf0ee-e2fa-4332-ade7-023316494af1">Other</TypeofDocument>
+    <LifeCourse xmlns="2c9bf0ee-e2fa-4332-ade7-023316494af1">
+      <Value>Pre-School</Value>
+      <Value>Changes Childhood Schedule</Value>
+    </LifeCourse>
+    <RetentionDate xmlns="2c9bf0ee-e2fa-4332-ade7-023316494af1" xsi:nil="true"/>
+    <TypeofDocument0 xmlns="2c9bf0ee-e2fa-4332-ade7-023316494af1">Supporting documents</TypeofDocument0>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B8A0C064-3E8F-4B55-A8E5-3B5B44EA454B}">
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8024BFD5-DE5C-4EAF-99CF-2D3041892C01}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="a52a7c76-ceac-446d-ac85-cb82d00e3116"/>
-    <ds:schemaRef ds:uri="6414e7a8-3859-4baa-9b8d-a01e638680ef"/>
+    <ds:schemaRef ds:uri="2c9bf0ee-e2fa-4332-ade7-023316494af1"/>
+    <ds:schemaRef ds:uri="fdfaf355-f7ae-47f3-8f93-739a60756710"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5E712BC7-0017-4EFF-B43A-0EBA491CF7FE}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EB6AC2A0-DC8F-4220-9F06-1D90DCCDF6A3}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6DF39F0E-A8B5-4CAE-B6B2-86A634381941}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="fdfaf355-f7ae-47f3-8f93-739a60756710"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="2c9bf0ee-e2fa-4332-ade7-023316494af1"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6DF39F0E-A8B5-4CAE-B6B2-86A634381941}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EB6AC2A0-DC8F-4220-9F06-1D90DCCDF6A3}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
-[...11 lines deleted...]
-    <ds:schemaRef ds:uri="a52a7c76-ceac-446d-ac85-cb82d00e3116"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>174</Words>
-  <Characters>992</Characters>
+  <Words>175</Words>
+  <Characters>1002</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>8</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1164</CharactersWithSpaces>
+  <CharactersWithSpaces>1175</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Carys Rees (Public Health Wales - No. 2 Capital Quarter)</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
   <cp:contentStatus/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
-    <vt:lpwstr>0x0101003DB2B7C0C690E14C94B6F77A615DD9D7</vt:lpwstr>
+    <vt:lpwstr>0x010100D645F8889482814EBB8A3D6A36545BF4</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
 </Properties>
 </file>