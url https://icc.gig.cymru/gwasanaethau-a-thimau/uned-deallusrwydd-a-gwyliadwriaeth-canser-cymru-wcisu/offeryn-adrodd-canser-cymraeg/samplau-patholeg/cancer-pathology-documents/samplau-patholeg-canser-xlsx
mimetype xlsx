--- v0 (2025-12-11)
+++ v1 (2026-01-11)
@@ -1,600 +1,421 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
+  <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/tables/table3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-  <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-[...5 lines deleted...]
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
+<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
+<Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
-[...6 lines deleted...]
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{91081842-85CB-4884-B4FD-E82BEB3B44ED}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <workbookPr date1904="false"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10300" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="0" yWindow="0" windowWidth="13125" windowHeight="6105" firstSheet="0" activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Cynnwys" sheetId="1" r:id="rId1"/>
-[...1 lines deleted...]
-    <sheet name="Map o fathau o ganser" sheetId="3" r:id="rId3"/>
+    <sheet name="Cynnwys" sheetId="1" state="visible" r:id="rId1"/>
+    <sheet name="Tabl 1 - Samplau patholeg" sheetId="2" state="visible" r:id="rId2"/>
+    <sheet name="Map o fathau o ganser" sheetId="3" state="visible" r:id="rId3"/>
   </sheets>
-  <definedNames>
-[...125 lines deleted...]
-  </extLst>
 </workbook>
 </file>
 
-<file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2769" uniqueCount="52">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="61" uniqueCount="61">
   <si>
-    <t>Cynnwys</t>
+    <t xml:space="preserve">Samplau patholeg yn nodi achosion newydd o ganser yng Nghymru, Ionawr 2018-Medi 2025</t>
   </si>
   <si>
-    <t>Tabl 1:</t>
+    <t xml:space="preserve">Cynnwys</t>
   </si>
   <si>
-    <t>Map o fathau o ganser:</t>
+    <t xml:space="preserve">Tabl 1:</t>
   </si>
   <si>
-    <t>Map o fathau o ganser, gyda chodau ICD-10, a ddefnyddiwyd yn y cyhoeddiad hwn gyda dadansoddiadau ar gael</t>
+    <t xml:space="preserve">Cyfrif misol o gleifion unigol â sampl patholeg yn dynodi tiwmor malaen sylfaenol, Cymru, Ionawr 2018 i Medi 2025</t>
   </si>
   <si>
-    <t>Cyswllt:</t>
+    <t xml:space="preserve">Map o fathau o ganser:</t>
   </si>
   <si>
-    <t>Nodiadau:</t>
+    <t xml:space="preserve">Map o fathau o ganser, gyda chodau ICD-10, a ddefnyddiwyd yn y cyhoeddiad hwn gyda dadansoddiadau ar gael</t>
   </si>
   <si>
-    <t>Mae hefyd yn rhoi diffiniadau, nodiadau ar gyfer dehongli, a manylion ynghylch ble i gael mwy o wybodaeth.</t>
+    <t xml:space="preserve">Cyswllt:</t>
   </si>
   <si>
-    <t>Offeryn rhyngweithiol:</t>
+    <t xml:space="preserve">Nodiadau:</t>
   </si>
   <si>
-    <t>Mae'r offeryn adrodd ar ganser newydd yn cadw Ystadegau Swyddogol ar mynychder o ganser, marwolaethau, a goroesiad yng Nghymru ar gyfer y blynyddoedd 2002 ymlaen.</t>
+    <t xml:space="preserve">Mae hefyd yn rhoi diffiniadau, nodiadau ar gyfer dehongli, a manylion ynghylch ble i gael mwy o wybodaeth.</t>
   </si>
   <si>
-    <t>© 2025 Ymddiriedolaeth GIG Iechyd Cyhoeddus Cymru</t>
+    <t xml:space="preserve">Offeryn rhyngweithiol:</t>
   </si>
   <si>
-    <t>Gellir atgynhyrchu'r deunydd a gynhwysir yn y ddogfen hon o dan delerau'r Drwydded Llywodraeth Agored (OGL).</t>
+    <t xml:space="preserve">Mae'r offeryn adrodd ar ganser newydd yn cadw Ystadegau Swyddogol ar achosion o ganser, marwolaethau, a goroesi canserau malaen yng Nghymru ar gyfer y blynyddoedd 2002 ymlaen.</t>
   </si>
   <si>
-    <t>Dylid nodi cydnabyddiaeth i Ymddiriedolaeth GIG Iechyd Cyhoeddus Cymru.</t>
+    <t xml:space="preserve">© 2025 Ymddiriedolaeth GIG Iechyd Cyhoeddus Cymru</t>
   </si>
   <si>
-    <t>Mae'r hawlfraint yn y trefniant teipograffyddol, dyluniad a chynllun yn perthyn i Ymddiriedolaeth GIG Iechyd Cyhoeddus Cymru.</t>
+    <t xml:space="preserve">Gellir atgynhyrchu'r deunydd a gynhwysir yn y ddogfen hon o dan delerau'r Drwydded Llywodraeth Agored (OGL).</t>
   </si>
   <si>
-    <t>Nodyn: Mae taflen waith hyn yn cynnwys un tabl.</t>
+    <t xml:space="preserve">Dylid nodi cydnabyddiaeth i Ymddiriedolaeth GIG Iechyd Cyhoeddus Cymru.</t>
   </si>
   <si>
-    <t>Math o ganser</t>
+    <t xml:space="preserve">Mae'r hawlfraint yn y trefniant teipograffyddol, dyluniad a chynllun yn perthyn i Ymddiriedolaeth GIG Iechyd Cyhoeddus Cymru.</t>
   </si>
   <si>
-    <t>Lefel ddaearyddol</t>
+    <t xml:space="preserve">Tabl 1 - Samplau patholeg yn nodi achosion newydd o ganser yng Nghymru, Ionawr 2018-Medi 2025</t>
   </si>
   <si>
-    <t>Daearyddiaeth</t>
+    <t xml:space="preserve">Nodyn: Mae taflen waith hyn yn cynnwys un tabl.</t>
   </si>
   <si>
-    <t>Mis</t>
+    <t xml:space="preserve">Math o ganser</t>
   </si>
   <si>
-    <t>Blwyddyn</t>
+    <t xml:space="preserve">Lefel ddaearyddol</t>
   </si>
   <si>
-    <t>Rhyw</t>
+    <t xml:space="preserve">Daearyddiaeth</t>
   </si>
   <si>
-    <t>Cyfrif</t>
+    <t xml:space="preserve">Mis</t>
   </si>
   <si>
-    <t>Pob canser ac eithrio CCNF</t>
+    <t xml:space="preserve">Blwyddyn</t>
   </si>
   <si>
-    <t>Cymru</t>
+    <t xml:space="preserve">Rhyw</t>
   </si>
   <si>
-    <t>Ionawr</t>
+    <t xml:space="preserve">Cyfrif</t>
   </si>
   <si>
-    <t>Personau</t>
+    <t xml:space="preserve">Pob canser ac eithrio CCNF</t>
   </si>
   <si>
-    <t>Chwefror</t>
+    <t xml:space="preserve">Cymru</t>
   </si>
   <si>
-    <t>Mawrth</t>
+    <t xml:space="preserve">Ionawr</t>
   </si>
   <si>
-    <t>Ebrill</t>
+    <t xml:space="preserve">2018</t>
   </si>
   <si>
-    <t>Mai</t>
+    <t xml:space="preserve">Personau</t>
   </si>
   <si>
-    <t>Mehefin</t>
+    <t xml:space="preserve">Chwefror</t>
   </si>
   <si>
-    <t>Gorffennaf</t>
+    <t xml:space="preserve">Mawrth</t>
   </si>
   <si>
-    <t>Awst</t>
+    <t xml:space="preserve">Ebrill</t>
   </si>
   <si>
-    <t>Medi</t>
+    <t xml:space="preserve">Mai</t>
   </si>
   <si>
-    <t>Hydref</t>
+    <t xml:space="preserve">Mehefin</t>
   </si>
   <si>
-    <t>Tachwedd</t>
+    <t xml:space="preserve">Gorffennaf</t>
   </si>
   <si>
-    <t>Rhagfyr</t>
+    <t xml:space="preserve">Awst</t>
   </si>
   <si>
-    <t>Ysgyfaint</t>
+    <t xml:space="preserve">Medi</t>
   </si>
   <si>
-    <t>Y fron</t>
+    <t xml:space="preserve">Hydref</t>
   </si>
   <si>
-    <t>Colon a'r rhefr</t>
+    <t xml:space="preserve">Tachwedd</t>
   </si>
   <si>
-    <t>Prostad</t>
+    <t xml:space="preserve">Rhagfyr</t>
   </si>
   <si>
-    <t>Ofari</t>
+    <t xml:space="preserve">2019</t>
   </si>
   <si>
-    <t>C61</t>
+    <t xml:space="preserve">2020</t>
   </si>
   <si>
-    <t>C56</t>
+    <t xml:space="preserve">2021</t>
   </si>
   <si>
-    <t>C50</t>
+    <t xml:space="preserve">2022</t>
   </si>
   <si>
-    <t>C33-C34</t>
+    <t xml:space="preserve">2023</t>
   </si>
   <si>
-    <t>C18-C20</t>
+    <t xml:space="preserve">2024</t>
   </si>
   <si>
-    <t>C00-C97 ac eithrio C44</t>
+    <t xml:space="preserve">2025</t>
   </si>
   <si>
-    <t>Pob malaenedd ac eithrio CCNF</t>
+    <t xml:space="preserve">Ysgyfaint</t>
   </si>
   <si>
-    <t>Codau ICD-10</t>
+    <t xml:space="preserve">Y fron</t>
   </si>
   <si>
-    <t>Samplau patholeg yn nodi achosion newydd o ganser yng Nghymru, Ionawr 2018-Gorffennaf 2025</t>
+    <t xml:space="preserve">Colon a'r rhefr</t>
   </si>
   <si>
-    <t>Cyfrif misol o gleifion unigol â sampl patholeg yn dynodi tiwmor malaen sylfaenol, Cymru, Ionawr 2018 i Gorffennaf 2025</t>
+    <t xml:space="preserve">Prostad</t>
   </si>
   <si>
-    <t>Tabl 1 - Samplau patholeg yn nodi achosion newydd o ganser yng Nghymru, Ionawr 2018-Gorffennaf 2025</t>
+    <t xml:space="preserve">Ofari</t>
+  </si>
+  <si>
+    <t xml:space="preserve"/>
+  </si>
+  <si>
+    <t xml:space="preserve">Codau ICD-10</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Pob malaenedd ac eithrio CCNF</t>
+  </si>
+  <si>
+    <t xml:space="preserve">C00-C97 ac eithrio C44</t>
+  </si>
+  <si>
+    <t xml:space="preserve">C18-C20</t>
+  </si>
+  <si>
+    <t xml:space="preserve">C33-C34</t>
+  </si>
+  <si>
+    <t xml:space="preserve">C50</t>
+  </si>
+  <si>
+    <t xml:space="preserve">C56</t>
+  </si>
+  <si>
+    <t xml:space="preserve">C61</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="15" x14ac:knownFonts="1">
+  <numFmts count="0"/>
+  <fonts count="12">
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <sz val="11"/>
-[...6 lines deleted...]
-      <b/>
       <sz val="20"/>
       <color rgb="FF000000"/>
       <name val="Verdana"/>
+      <b/>
     </font>
     <font>
-      <b/>
       <sz val="14"/>
       <color rgb="FF000000"/>
       <name val="Verdana"/>
+      <b/>
     </font>
     <font>
-      <b/>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Verdana"/>
+      <b/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Verdana"/>
     </font>
     <font>
-      <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
+      <u val="single"/>
     </font>
     <font>
+      <sz val="10"/>
+      <color rgb="FF0000FF"/>
+      <name val="Verdana"/>
+      <u val="single"/>
+    </font>
+    <font>
+      <sz val="8"/>
+      <color rgb="FF000000"/>
+      <name val="Verdana"/>
       <b/>
-      <sz val="11"/>
+    </font>
+    <font>
+      <sz val="9"/>
       <color rgb="FF000000"/>
       <name val="Verdana"/>
     </font>
     <font>
-      <sz val="11"/>
-[...1 lines deleted...]
-      <name val="Calibri"/>
+      <sz val="10"/>
+      <color rgb="FF24487A"/>
+      <name val="Verdana"/>
+      <b/>
     </font>
     <font>
-      <b/>
-[...1 lines deleted...]
-      <color rgb="FF000000"/>
+      <sz val="9"/>
+      <color rgb="FF24487A"/>
       <name val="Verdana"/>
     </font>
     <font>
-      <b/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
-    <font>
-[...24 lines deleted...]
-    </font>
   </fonts>
-  <fills count="2">
+  <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFFFFFFF"/>
+      </patternFill>
+    </fill>
   </fills>
-  <borders count="2">
+  <borders count="3">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
-      <left style="thin">
-[...7 lines deleted...]
-      </top>
       <bottom style="thin">
-        <color indexed="64"/>
+        <color rgb="FFD9D9D9"/>
       </bottom>
-      <diagonal/>
+    </border>
+    <border>
+      <bottom style="thin">
+        <color rgb="FF000000"/>
+      </bottom>
     </border>
   </borders>
-  <cellStyleXfs count="2">
+  <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="21">
+  <cellXfs count="16">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-      <alignment horizontal="left"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="bottom" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-[...3 lines deleted...]
-      <alignment horizontal="center"/>
+    <xf numFmtId="0" fontId="10" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
-[...18 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
   </cellXfs>
-  <cellStyles count="2">
+  <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
-    <cellStyle name="Normal 2" xfId="1" xr:uid="{7A89D4F7-BA76-4200-894C-5F3A34630552}"/>
   </cellStyles>
-  <dxfs count="1">
-[...26 lines deleted...]
-  </extLst>
+  <dxfs count="0"/>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
-<file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <autoFilter ref="A4:G550" xr:uid="{00000000-0009-0000-0000-000001000000}"/>
+<file path=xl/tables/table3.xml><?xml version="1.0" encoding="utf-8"?>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="3" name="tabl1_patholeg" displayName="tabl1_patholeg" ref="A4:G562" totalsRowCount="0" totalsRowShown="0">
+  <autoFilter ref="A4:G562"/>
   <tableColumns count="7">
-    <tableColumn id="1" xr3:uid="{CCB1E590-3345-410F-B3B5-8A954D023112}" name="Math o ganser"/>
-[...5 lines deleted...]
-    <tableColumn id="7" xr3:uid="{4B8F56F6-6B75-4D36-BFA5-DD9FEF396847}" name="Cyfrif"/>
+    <tableColumn id="1" name="Math o ganser"/>
+    <tableColumn id="2" name="Lefel ddaearyddol"/>
+    <tableColumn id="3" name="Daearyddiaeth"/>
+    <tableColumn id="4" name="Mis"/>
+    <tableColumn id="5" name="Blwyddyn"/>
+    <tableColumn id="6" name="Rhyw"/>
+    <tableColumn id="7" name="Cyfrif"/>
   </tableColumns>
-  <tableStyleInfo showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
+  <tableStyleInfo name="none" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
@@ -831,12962 +652,13180 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
-<file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rIdvml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
+<file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/><Relationship Id="rIdvml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing2.vml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table3.xml"/></Relationships>
+</file>
+
+<file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/><Relationship Id="rIdvml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing3.vml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:B19"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3">
+  <dimension ref="A1"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView workbookViewId="0" zoomScale="100" showGridLines="1" tabSelected="true"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="10.90625" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultRowHeight="15.0" baseColWidth="10"/>
   <cols>
-    <col min="1" max="1" width="26.453125" customWidth="1"/>
-    <col min="2" max="2" width="155.1796875" customWidth="1"/>
+    <col min="1" max="1" width="26.71" hidden="0" customWidth="1"/>
+    <col min="2" max="2" width="143.71" hidden="0" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:2" ht="24.5" x14ac:dyDescent="0.45">
+    <row r="1">
       <c r="A1" s="1" t="s">
-        <v>49</v>
+        <v>0</v>
       </c>
       <c r="B1" s="1"/>
     </row>
-    <row r="3" spans="1:2" ht="17.5" x14ac:dyDescent="0.35">
+    <row r="3">
       <c r="A3" s="2" t="s">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="B3" s="2"/>
     </row>
-    <row r="5" spans="1:2" x14ac:dyDescent="0.35">
+    <row r="5">
       <c r="A5" s="3" t="s">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="B5" s="4" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-    <row r="6" spans="1:2" x14ac:dyDescent="0.35">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="6">
       <c r="A6" s="3" t="s">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="B6" s="4" t="s">
-        <v>3</v>
-[...6 lines deleted...]
-      <c r="B8" s="7" t="str">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="B8" s="6" t="str">
         <f>HYPERLINK("mailto:WCU_Stats@wales.nhs.uk", "WCU_Stats@wales.nhs.uk")</f>
-        <v>WCU_Stats@wales.nhs.uk</v>
-[...27 lines deleted...]
-      <c r="A13" s="3" t="s">
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" s="3" t="s">
         <v>7</v>
       </c>
-      <c r="B13" s="7" t="str">
-[...5 lines deleted...]
-      <c r="A14" s="4" t="s">
+      <c r="B9" s="6" t="str">
+        <f>HYPERLINK("https://icc.gig.cymru/gwasanaethau-a-thimau/uned-deallusrwydd-a-gwyliadwriaeth-canser-cymru-wcisu/offeryn-adrodd-canser-cymraeg/gwybodaeth-ategol/offeryn-adrodd-canser-canllaw-technegol-docx/", "Gellir gweld manylion llawn y broses o gasglu data, ansawdd y data a'r fethodoleg yn y ddogfen canllaw technegol.")</f>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" s="4" t="s">
         <v>8</v>
       </c>
-      <c r="B14" s="4"/>
-[...1 lines deleted...]
-    <row r="16" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="B10" s="4"/>
+    </row>
+    <row r="12">
+      <c r="A12" s="7" t="s">
+        <v>9</v>
+      </c>
+      <c r="B12" s="6" t="str">
+        <f>HYPERLINK("https://publichealthwales.shinyapps.io/Cancer_Reporting_Tool_Welsh/", "Cliciwch yma i weld yr Offeryn Adrodd ar Ganser")</f>
+      </c>
+    </row>
+    <row r="13" ht="25.5" customHeight="1">
+      <c r="A13" s="4" t="s">
+        <v>10</v>
+      </c>
+      <c r="B13" s="4"/>
+    </row>
+    <row r="15">
+      <c r="A15" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B15" s="8"/>
+    </row>
+    <row r="16">
       <c r="A16" s="8" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="B16" s="8"/>
     </row>
-    <row r="17" spans="1:2" x14ac:dyDescent="0.35">
+    <row r="17">
       <c r="A17" s="8" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="B17" s="8"/>
     </row>
-    <row r="18" spans="1:2" x14ac:dyDescent="0.35">
+    <row r="18">
       <c r="A18" s="8" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="B18" s="8"/>
     </row>
-    <row r="19" spans="1:2" x14ac:dyDescent="0.35">
-[...4 lines deleted...]
-    </row>
   </sheetData>
-  <mergeCells count="1">
-    <mergeCell ref="A11:B11"/>
+  <mergeCells count="2">
+    <mergeCell ref="A10:B10"/>
+    <mergeCell ref="A13:B13"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
+  <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
-  <dimension ref="A1:G550"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3">
+  <dimension ref="A1"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView workbookViewId="0" zoomScale="100" showGridLines="1" tabSelected="false"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="10.90625" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultRowHeight="15.0" baseColWidth="10"/>
   <cols>
-    <col min="1" max="1" width="28.81640625" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="7" max="7" width="8.81640625" customWidth="1"/>
+    <col min="1" max="1" width="31.71" hidden="0" customWidth="1"/>
+    <col min="2" max="2" width="22.71" hidden="0" customWidth="1"/>
+    <col min="3" max="3" width="18.71" hidden="0" customWidth="1"/>
+    <col min="4" max="4" width="15.71" hidden="0" customWidth="1"/>
+    <col min="5" max="5" width="13.71" hidden="0" customWidth="1"/>
+    <col min="6" max="6" width="13.71" hidden="0" customWidth="1"/>
+    <col min="7" max="7" width="11.71" hidden="0" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:7" ht="17.5" x14ac:dyDescent="0.35">
+    <row r="1">
       <c r="A1" s="2" t="s">
-        <v>51</v>
+        <v>15</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
       <c r="G1" s="2"/>
     </row>
-    <row r="2" spans="1:7" x14ac:dyDescent="0.35">
-      <c r="A2" s="3" t="s">
+    <row r="2">
+      <c r="A2" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="B2" s="7"/>
+      <c r="C2" s="7"/>
+      <c r="D2" s="7"/>
+      <c r="E2" s="7"/>
+      <c r="F2" s="7"/>
+      <c r="G2" s="7"/>
+    </row>
+    <row r="4">
+      <c r="A4" s="9" t="s">
+        <v>17</v>
+      </c>
+      <c r="B4" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="C4" s="9" t="s">
+        <v>19</v>
+      </c>
+      <c r="D4" s="9" t="s">
+        <v>20</v>
+      </c>
+      <c r="E4" s="9" t="s">
+        <v>21</v>
+      </c>
+      <c r="F4" s="9" t="s">
+        <v>22</v>
+      </c>
+      <c r="G4" s="9" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="B5" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C5" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D5" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E5" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="F5" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G5" s="10" t="n">
+        <v>1301</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="B6" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C6" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D6" s="10" t="s">
+        <v>29</v>
+      </c>
+      <c r="E6" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="F6" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G6" s="10" t="n">
+        <v>1180</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="B7" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C7" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D7" s="10" t="s">
+        <v>30</v>
+      </c>
+      <c r="E7" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="F7" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G7" s="10" t="n">
+        <v>1285</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="B8" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C8" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D8" s="10" t="s">
+        <v>31</v>
+      </c>
+      <c r="E8" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="F8" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G8" s="10" t="n">
+        <v>1262</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="B9" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C9" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D9" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="E9" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="F9" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G9" s="10" t="n">
+        <v>1331</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="B10" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C10" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D10" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="E10" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="F10" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G10" s="10" t="n">
+        <v>1372</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="B11" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C11" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D11" s="10" t="s">
+        <v>34</v>
+      </c>
+      <c r="E11" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="F11" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G11" s="10" t="n">
+        <v>1400</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="B12" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C12" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D12" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="E12" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="F12" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G12" s="10" t="n">
+        <v>1358</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="B13" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C13" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D13" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="E13" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="F13" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G13" s="10" t="n">
+        <v>1265</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="B14" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C14" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D14" s="10" t="s">
+        <v>37</v>
+      </c>
+      <c r="E14" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="F14" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G14" s="10" t="n">
+        <v>1543</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="B15" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C15" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D15" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="E15" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="F15" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G15" s="10" t="n">
+        <v>1400</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="B16" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C16" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D16" s="10" t="s">
+        <v>39</v>
+      </c>
+      <c r="E16" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="F16" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G16" s="10" t="n">
+        <v>1100</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="B17" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C17" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D17" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E17" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="F17" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G17" s="10" t="n">
+        <v>1372</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="B18" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C18" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D18" s="10" t="s">
+        <v>29</v>
+      </c>
+      <c r="E18" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="F18" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G18" s="10" t="n">
+        <v>1221</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="B19" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C19" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D19" s="10" t="s">
+        <v>30</v>
+      </c>
+      <c r="E19" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="F19" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G19" s="10" t="n">
+        <v>1238</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="B20" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C20" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D20" s="10" t="s">
+        <v>31</v>
+      </c>
+      <c r="E20" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="F20" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G20" s="10" t="n">
+        <v>1181</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="B21" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C21" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D21" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="E21" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="F21" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G21" s="10" t="n">
+        <v>1339</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="B22" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C22" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D22" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="E22" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="F22" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G22" s="10" t="n">
+        <v>1166</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="B23" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C23" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D23" s="10" t="s">
+        <v>34</v>
+      </c>
+      <c r="E23" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="F23" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G23" s="10" t="n">
+        <v>1399</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="B24" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C24" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D24" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="E24" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="F24" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G24" s="10" t="n">
+        <v>1234</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="B25" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C25" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D25" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="E25" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="F25" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G25" s="10" t="n">
+        <v>1319</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="B26" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C26" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D26" s="10" t="s">
+        <v>37</v>
+      </c>
+      <c r="E26" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="F26" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G26" s="10" t="n">
+        <v>1446</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="B27" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C27" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D27" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="E27" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="F27" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G27" s="10" t="n">
+        <v>1244</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="B28" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C28" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D28" s="10" t="s">
+        <v>39</v>
+      </c>
+      <c r="E28" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="F28" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G28" s="10" t="n">
+        <v>1190</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="B29" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C29" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D29" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E29" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="F29" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G29" s="10" t="n">
+        <v>1357</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="B30" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C30" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D30" s="10" t="s">
+        <v>29</v>
+      </c>
+      <c r="E30" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="F30" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G30" s="10" t="n">
+        <v>1190</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="B31" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C31" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D31" s="10" t="s">
+        <v>30</v>
+      </c>
+      <c r="E31" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="F31" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G31" s="10" t="n">
+        <v>1160</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="B32" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C32" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D32" s="10" t="s">
+        <v>31</v>
+      </c>
+      <c r="E32" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="F32" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G32" s="10" t="n">
+        <v>624</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="B33" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C33" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D33" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="E33" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="F33" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G33" s="10" t="n">
+        <v>680</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="B34" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C34" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D34" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="E34" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="F34" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G34" s="10" t="n">
+        <v>949</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="B35" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C35" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D35" s="10" t="s">
+        <v>34</v>
+      </c>
+      <c r="E35" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="F35" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G35" s="10" t="n">
+        <v>1091</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="B36" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C36" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D36" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="E36" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="F36" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G36" s="10" t="n">
+        <v>999</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="B37" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C37" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D37" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="E37" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="F37" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G37" s="10" t="n">
+        <v>1175</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="B38" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C38" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D38" s="10" t="s">
+        <v>37</v>
+      </c>
+      <c r="E38" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="F38" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G38" s="10" t="n">
+        <v>1100</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="B39" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C39" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D39" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="E39" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="F39" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G39" s="10" t="n">
+        <v>1230</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="B40" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C40" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D40" s="10" t="s">
+        <v>39</v>
+      </c>
+      <c r="E40" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="F40" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G40" s="10" t="n">
+        <v>1045</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="B41" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C41" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D41" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E41" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="F41" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G41" s="10" t="n">
+        <v>1048</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="B42" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C42" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D42" s="10" t="s">
+        <v>29</v>
+      </c>
+      <c r="E42" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="F42" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G42" s="10" t="n">
+        <v>1103</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="B43" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C43" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D43" s="10" t="s">
+        <v>30</v>
+      </c>
+      <c r="E43" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="F43" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G43" s="10" t="n">
+        <v>1348</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="B44" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C44" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D44" s="10" t="s">
+        <v>31</v>
+      </c>
+      <c r="E44" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="F44" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G44" s="10" t="n">
+        <v>1156</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="B45" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C45" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D45" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="E45" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="F45" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G45" s="10" t="n">
+        <v>1173</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="B46" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C46" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D46" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="E46" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="F46" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G46" s="10" t="n">
+        <v>1407</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="B47" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C47" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D47" s="10" t="s">
+        <v>34</v>
+      </c>
+      <c r="E47" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="F47" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G47" s="10" t="n">
+        <v>1368</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="B48" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C48" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D48" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="E48" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="F48" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G48" s="10" t="n">
+        <v>1229</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="B49" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C49" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D49" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="E49" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="F49" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G49" s="10" t="n">
+        <v>1306</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="B50" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C50" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D50" s="10" t="s">
+        <v>37</v>
+      </c>
+      <c r="E50" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="F50" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G50" s="10" t="n">
+        <v>1307</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="B51" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C51" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D51" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="E51" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="F51" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G51" s="10" t="n">
+        <v>1358</v>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="B52" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C52" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D52" s="10" t="s">
+        <v>39</v>
+      </c>
+      <c r="E52" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="F52" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G52" s="10" t="n">
+        <v>1108</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="B53" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C53" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D53" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E53" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="F53" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G53" s="10" t="n">
+        <v>1306</v>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="B54" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C54" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D54" s="10" t="s">
+        <v>29</v>
+      </c>
+      <c r="E54" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="F54" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G54" s="10" t="n">
+        <v>1215</v>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="B55" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C55" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D55" s="10" t="s">
+        <v>30</v>
+      </c>
+      <c r="E55" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="F55" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G55" s="10" t="n">
+        <v>1391</v>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="B56" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C56" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D56" s="10" t="s">
+        <v>31</v>
+      </c>
+      <c r="E56" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="F56" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G56" s="10" t="n">
+        <v>1138</v>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="B57" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C57" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D57" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="E57" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="F57" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G57" s="10" t="n">
+        <v>1308</v>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="B58" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C58" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D58" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="E58" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="F58" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G58" s="10" t="n">
+        <v>1277</v>
+      </c>
+    </row>
+    <row r="59">
+      <c r="A59" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="B59" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C59" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D59" s="10" t="s">
+        <v>34</v>
+      </c>
+      <c r="E59" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="F59" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G59" s="10" t="n">
+        <v>1281</v>
+      </c>
+    </row>
+    <row r="60">
+      <c r="A60" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="B60" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C60" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D60" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="E60" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="F60" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G60" s="10" t="n">
+        <v>1271</v>
+      </c>
+    </row>
+    <row r="61">
+      <c r="A61" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="B61" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C61" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D61" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="E61" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="F61" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G61" s="10" t="n">
+        <v>1347</v>
+      </c>
+    </row>
+    <row r="62">
+      <c r="A62" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="B62" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C62" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D62" s="10" t="s">
+        <v>37</v>
+      </c>
+      <c r="E62" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="F62" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G62" s="10" t="n">
+        <v>1342</v>
+      </c>
+    </row>
+    <row r="63">
+      <c r="A63" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="B63" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C63" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D63" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="E63" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="F63" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G63" s="10" t="n">
+        <v>1303</v>
+      </c>
+    </row>
+    <row r="64">
+      <c r="A64" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="B64" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C64" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D64" s="10" t="s">
+        <v>39</v>
+      </c>
+      <c r="E64" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="F64" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G64" s="10" t="n">
+        <v>1114</v>
+      </c>
+    </row>
+    <row r="65">
+      <c r="A65" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="B65" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C65" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D65" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E65" s="10" t="s">
+        <v>44</v>
+      </c>
+      <c r="F65" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G65" s="10" t="n">
+        <v>1351</v>
+      </c>
+    </row>
+    <row r="66">
+      <c r="A66" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="B66" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C66" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D66" s="10" t="s">
+        <v>29</v>
+      </c>
+      <c r="E66" s="10" t="s">
+        <v>44</v>
+      </c>
+      <c r="F66" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G66" s="10" t="n">
+        <v>1223</v>
+      </c>
+    </row>
+    <row r="67">
+      <c r="A67" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="B67" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C67" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D67" s="10" t="s">
+        <v>30</v>
+      </c>
+      <c r="E67" s="10" t="s">
+        <v>44</v>
+      </c>
+      <c r="F67" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G67" s="10" t="n">
+        <v>1404</v>
+      </c>
+    </row>
+    <row r="68">
+      <c r="A68" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="B68" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C68" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D68" s="10" t="s">
+        <v>31</v>
+      </c>
+      <c r="E68" s="10" t="s">
+        <v>44</v>
+      </c>
+      <c r="F68" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G68" s="10" t="n">
+        <v>1174</v>
+      </c>
+    </row>
+    <row r="69">
+      <c r="A69" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="B69" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C69" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D69" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="E69" s="10" t="s">
+        <v>44</v>
+      </c>
+      <c r="F69" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G69" s="10" t="n">
+        <v>1320</v>
+      </c>
+    </row>
+    <row r="70">
+      <c r="A70" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="B70" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C70" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D70" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="E70" s="10" t="s">
+        <v>44</v>
+      </c>
+      <c r="F70" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G70" s="10" t="n">
+        <v>1392</v>
+      </c>
+    </row>
+    <row r="71">
+      <c r="A71" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="B71" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C71" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D71" s="10" t="s">
+        <v>34</v>
+      </c>
+      <c r="E71" s="10" t="s">
+        <v>44</v>
+      </c>
+      <c r="F71" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G71" s="10" t="n">
+        <v>1339</v>
+      </c>
+    </row>
+    <row r="72">
+      <c r="A72" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="B72" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C72" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D72" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="E72" s="10" t="s">
+        <v>44</v>
+      </c>
+      <c r="F72" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G72" s="10" t="n">
+        <v>1349</v>
+      </c>
+    </row>
+    <row r="73">
+      <c r="A73" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="B73" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C73" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D73" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="E73" s="10" t="s">
+        <v>44</v>
+      </c>
+      <c r="F73" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G73" s="10" t="n">
+        <v>1337</v>
+      </c>
+    </row>
+    <row r="74">
+      <c r="A74" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="B74" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C74" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D74" s="10" t="s">
+        <v>37</v>
+      </c>
+      <c r="E74" s="10" t="s">
+        <v>44</v>
+      </c>
+      <c r="F74" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G74" s="10" t="n">
+        <v>1413</v>
+      </c>
+    </row>
+    <row r="75">
+      <c r="A75" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="B75" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C75" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D75" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="E75" s="10" t="s">
+        <v>44</v>
+      </c>
+      <c r="F75" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G75" s="10" t="n">
+        <v>1422</v>
+      </c>
+    </row>
+    <row r="76">
+      <c r="A76" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="B76" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C76" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D76" s="10" t="s">
+        <v>39</v>
+      </c>
+      <c r="E76" s="10" t="s">
+        <v>44</v>
+      </c>
+      <c r="F76" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G76" s="10" t="n">
+        <v>1206</v>
+      </c>
+    </row>
+    <row r="77">
+      <c r="A77" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="B77" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C77" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D77" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E77" s="10" t="s">
+        <v>45</v>
+      </c>
+      <c r="F77" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G77" s="10" t="n">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="78">
+      <c r="A78" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="B78" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C78" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D78" s="10" t="s">
+        <v>29</v>
+      </c>
+      <c r="E78" s="10" t="s">
+        <v>45</v>
+      </c>
+      <c r="F78" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G78" s="10" t="n">
+        <v>1320</v>
+      </c>
+    </row>
+    <row r="79">
+      <c r="A79" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="B79" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C79" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D79" s="10" t="s">
+        <v>30</v>
+      </c>
+      <c r="E79" s="10" t="s">
+        <v>45</v>
+      </c>
+      <c r="F79" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G79" s="10" t="n">
+        <v>1207</v>
+      </c>
+    </row>
+    <row r="80">
+      <c r="A80" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="B80" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C80" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D80" s="10" t="s">
+        <v>31</v>
+      </c>
+      <c r="E80" s="10" t="s">
+        <v>45</v>
+      </c>
+      <c r="F80" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G80" s="10" t="n">
+        <v>1335</v>
+      </c>
+    </row>
+    <row r="81">
+      <c r="A81" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="B81" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C81" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D81" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="E81" s="10" t="s">
+        <v>45</v>
+      </c>
+      <c r="F81" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G81" s="10" t="n">
+        <v>1359</v>
+      </c>
+    </row>
+    <row r="82">
+      <c r="A82" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="B82" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C82" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D82" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="E82" s="10" t="s">
+        <v>45</v>
+      </c>
+      <c r="F82" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G82" s="10" t="n">
+        <v>1249</v>
+      </c>
+    </row>
+    <row r="83">
+      <c r="A83" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="B83" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C83" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D83" s="10" t="s">
+        <v>34</v>
+      </c>
+      <c r="E83" s="10" t="s">
+        <v>45</v>
+      </c>
+      <c r="F83" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G83" s="10" t="n">
+        <v>1378</v>
+      </c>
+    </row>
+    <row r="84">
+      <c r="A84" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="B84" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C84" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D84" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="E84" s="10" t="s">
+        <v>45</v>
+      </c>
+      <c r="F84" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G84" s="10" t="n">
+        <v>1157</v>
+      </c>
+    </row>
+    <row r="85">
+      <c r="A85" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="B85" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C85" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D85" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="E85" s="10" t="s">
+        <v>45</v>
+      </c>
+      <c r="F85" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G85" s="10" t="n">
+        <v>1202</v>
+      </c>
+    </row>
+    <row r="86">
+      <c r="A86" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="B86" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C86" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D86" s="10" t="s">
+        <v>37</v>
+      </c>
+      <c r="E86" s="10" t="s">
+        <v>45</v>
+      </c>
+      <c r="F86" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G86" s="10" t="n">
+        <v>1414</v>
+      </c>
+    </row>
+    <row r="87">
+      <c r="A87" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="B87" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C87" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D87" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="E87" s="10" t="s">
+        <v>45</v>
+      </c>
+      <c r="F87" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G87" s="10" t="n">
+        <v>1155</v>
+      </c>
+    </row>
+    <row r="88">
+      <c r="A88" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="B88" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C88" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D88" s="10" t="s">
+        <v>39</v>
+      </c>
+      <c r="E88" s="10" t="s">
+        <v>45</v>
+      </c>
+      <c r="F88" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G88" s="10" t="n">
+        <v>1083</v>
+      </c>
+    </row>
+    <row r="89">
+      <c r="A89" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="B89" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C89" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D89" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E89" s="10" t="s">
+        <v>46</v>
+      </c>
+      <c r="F89" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G89" s="10" t="n">
+        <v>1339</v>
+      </c>
+    </row>
+    <row r="90">
+      <c r="A90" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="B90" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C90" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D90" s="10" t="s">
+        <v>29</v>
+      </c>
+      <c r="E90" s="10" t="s">
+        <v>46</v>
+      </c>
+      <c r="F90" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G90" s="10" t="n">
+        <v>1153</v>
+      </c>
+    </row>
+    <row r="91">
+      <c r="A91" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="B91" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C91" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D91" s="10" t="s">
+        <v>30</v>
+      </c>
+      <c r="E91" s="10" t="s">
+        <v>46</v>
+      </c>
+      <c r="F91" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G91" s="10" t="n">
+        <v>1218</v>
+      </c>
+    </row>
+    <row r="92">
+      <c r="A92" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="B92" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C92" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D92" s="10" t="s">
+        <v>31</v>
+      </c>
+      <c r="E92" s="10" t="s">
+        <v>46</v>
+      </c>
+      <c r="F92" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G92" s="10" t="n">
+        <v>1316</v>
+      </c>
+    </row>
+    <row r="93">
+      <c r="A93" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="B93" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C93" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D93" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="E93" s="10" t="s">
+        <v>46</v>
+      </c>
+      <c r="F93" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G93" s="10" t="n">
+        <v>1178</v>
+      </c>
+    </row>
+    <row r="94">
+      <c r="A94" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="B94" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C94" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D94" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="E94" s="10" t="s">
+        <v>46</v>
+      </c>
+      <c r="F94" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G94" s="10" t="n">
+        <v>1237</v>
+      </c>
+    </row>
+    <row r="95">
+      <c r="A95" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="B95" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C95" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D95" s="10" t="s">
+        <v>34</v>
+      </c>
+      <c r="E95" s="10" t="s">
+        <v>46</v>
+      </c>
+      <c r="F95" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G95" s="10" t="n">
+        <v>1420</v>
+      </c>
+    </row>
+    <row r="96">
+      <c r="A96" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="B96" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C96" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D96" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="E96" s="10" t="s">
+        <v>46</v>
+      </c>
+      <c r="F96" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G96" s="10" t="n">
+        <v>1145</v>
+      </c>
+    </row>
+    <row r="97">
+      <c r="A97" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="B97" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C97" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D97" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="E97" s="10" t="s">
+        <v>46</v>
+      </c>
+      <c r="F97" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G97" s="10" t="n">
+        <v>1396</v>
+      </c>
+    </row>
+    <row r="98">
+      <c r="A98" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="B98" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C98" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D98" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E98" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="F98" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G98" s="10" t="n">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="99">
+      <c r="A99" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="B99" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C99" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D99" s="10" t="s">
+        <v>29</v>
+      </c>
+      <c r="E99" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="F99" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G99" s="10" t="n">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="100">
+      <c r="A100" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="B100" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C100" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D100" s="10" t="s">
+        <v>30</v>
+      </c>
+      <c r="E100" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="F100" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G100" s="10" t="n">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="101">
+      <c r="A101" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="B101" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C101" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D101" s="10" t="s">
+        <v>31</v>
+      </c>
+      <c r="E101" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="F101" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G101" s="10" t="n">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="102">
+      <c r="A102" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="B102" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C102" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D102" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="E102" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="F102" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G102" s="10" t="n">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="103">
+      <c r="A103" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="B103" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C103" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D103" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="E103" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="F103" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G103" s="10" t="n">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="104">
+      <c r="A104" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="B104" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C104" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D104" s="10" t="s">
+        <v>34</v>
+      </c>
+      <c r="E104" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="F104" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G104" s="10" t="n">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="105">
+      <c r="A105" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="B105" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C105" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D105" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="E105" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="F105" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G105" s="10" t="n">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="106">
+      <c r="A106" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="B106" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C106" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D106" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="E106" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="F106" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G106" s="10" t="n">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="107">
+      <c r="A107" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="B107" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C107" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D107" s="10" t="s">
+        <v>37</v>
+      </c>
+      <c r="E107" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="F107" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G107" s="10" t="n">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="108">
+      <c r="A108" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="B108" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C108" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D108" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="E108" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="F108" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G108" s="10" t="n">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="109">
+      <c r="A109" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="B109" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C109" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D109" s="10" t="s">
+        <v>39</v>
+      </c>
+      <c r="E109" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="F109" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G109" s="10" t="n">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="110">
+      <c r="A110" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="B110" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C110" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D110" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E110" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="F110" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G110" s="10" t="n">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="111">
+      <c r="A111" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="B111" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C111" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D111" s="10" t="s">
+        <v>29</v>
+      </c>
+      <c r="E111" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="F111" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G111" s="10" t="n">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="112">
+      <c r="A112" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="B112" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C112" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D112" s="10" t="s">
+        <v>30</v>
+      </c>
+      <c r="E112" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="F112" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G112" s="10" t="n">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="113">
+      <c r="A113" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="B113" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C113" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D113" s="10" t="s">
+        <v>31</v>
+      </c>
+      <c r="E113" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="F113" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G113" s="10" t="n">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="114">
+      <c r="A114" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="B114" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C114" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D114" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="E114" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="F114" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G114" s="10" t="n">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="115">
+      <c r="A115" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="B115" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C115" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D115" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="E115" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="F115" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G115" s="10" t="n">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="116">
+      <c r="A116" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="B116" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C116" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D116" s="10" t="s">
+        <v>34</v>
+      </c>
+      <c r="E116" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="F116" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G116" s="10" t="n">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="117">
+      <c r="A117" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="B117" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C117" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D117" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="E117" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="F117" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G117" s="10" t="n">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="118">
+      <c r="A118" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="B118" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C118" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D118" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="E118" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="F118" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G118" s="10" t="n">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="119">
+      <c r="A119" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="B119" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C119" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D119" s="10" t="s">
+        <v>37</v>
+      </c>
+      <c r="E119" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="F119" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G119" s="10" t="n">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="120">
+      <c r="A120" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="B120" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C120" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D120" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="E120" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="F120" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G120" s="10" t="n">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="121">
+      <c r="A121" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="B121" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C121" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D121" s="10" t="s">
+        <v>39</v>
+      </c>
+      <c r="E121" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="F121" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G121" s="10" t="n">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="122">
+      <c r="A122" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="B122" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C122" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D122" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E122" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="F122" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G122" s="10" t="n">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="123">
+      <c r="A123" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="B123" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C123" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D123" s="10" t="s">
+        <v>29</v>
+      </c>
+      <c r="E123" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="F123" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G123" s="10" t="n">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="124">
+      <c r="A124" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="B124" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C124" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D124" s="10" t="s">
+        <v>30</v>
+      </c>
+      <c r="E124" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="F124" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G124" s="10" t="n">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="125">
+      <c r="A125" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="B125" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C125" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D125" s="10" t="s">
+        <v>31</v>
+      </c>
+      <c r="E125" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="F125" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G125" s="10" t="n">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="126">
+      <c r="A126" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="B126" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C126" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D126" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="E126" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="F126" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G126" s="10" t="n">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="127">
+      <c r="A127" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="B127" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C127" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D127" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="E127" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="F127" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G127" s="10" t="n">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="128">
+      <c r="A128" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="B128" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C128" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D128" s="10" t="s">
+        <v>34</v>
+      </c>
+      <c r="E128" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="F128" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G128" s="10" t="n">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="129">
+      <c r="A129" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="B129" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C129" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D129" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="E129" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="F129" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G129" s="10" t="n">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="130">
+      <c r="A130" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="B130" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C130" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D130" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="E130" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="F130" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G130" s="10" t="n">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="131">
+      <c r="A131" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="B131" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C131" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D131" s="10" t="s">
+        <v>37</v>
+      </c>
+      <c r="E131" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="F131" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G131" s="10" t="n">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="132">
+      <c r="A132" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="B132" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C132" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D132" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="E132" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="F132" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G132" s="10" t="n">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="133">
+      <c r="A133" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="B133" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C133" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D133" s="10" t="s">
+        <v>39</v>
+      </c>
+      <c r="E133" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="F133" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G133" s="10" t="n">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="134">
+      <c r="A134" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="B134" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C134" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D134" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E134" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="F134" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G134" s="10" t="n">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="135">
+      <c r="A135" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="B135" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C135" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D135" s="10" t="s">
+        <v>29</v>
+      </c>
+      <c r="E135" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="F135" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G135" s="10" t="n">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="136">
+      <c r="A136" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="B136" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C136" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D136" s="10" t="s">
+        <v>30</v>
+      </c>
+      <c r="E136" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="F136" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G136" s="10" t="n">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="137">
+      <c r="A137" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="B137" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C137" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D137" s="10" t="s">
+        <v>31</v>
+      </c>
+      <c r="E137" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="F137" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G137" s="10" t="n">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="138">
+      <c r="A138" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="B138" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C138" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D138" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="E138" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="F138" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G138" s="10" t="n">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="139">
+      <c r="A139" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="B139" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C139" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D139" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="E139" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="F139" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G139" s="10" t="n">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="140">
+      <c r="A140" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="B140" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C140" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D140" s="10" t="s">
+        <v>34</v>
+      </c>
+      <c r="E140" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="F140" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G140" s="10" t="n">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="141">
+      <c r="A141" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="B141" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C141" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D141" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="E141" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="F141" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G141" s="10" t="n">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="142">
+      <c r="A142" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="B142" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C142" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D142" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="E142" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="F142" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G142" s="10" t="n">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="143">
+      <c r="A143" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="B143" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C143" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D143" s="10" t="s">
+        <v>37</v>
+      </c>
+      <c r="E143" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="F143" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G143" s="10" t="n">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="144">
+      <c r="A144" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="B144" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C144" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D144" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="E144" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="F144" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G144" s="10" t="n">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="145">
+      <c r="A145" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="B145" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C145" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D145" s="10" t="s">
+        <v>39</v>
+      </c>
+      <c r="E145" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="F145" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G145" s="10" t="n">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="146">
+      <c r="A146" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="B146" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C146" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D146" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E146" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="F146" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G146" s="10" t="n">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="147">
+      <c r="A147" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="B147" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C147" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D147" s="10" t="s">
+        <v>29</v>
+      </c>
+      <c r="E147" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="F147" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G147" s="10" t="n">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="148">
+      <c r="A148" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="B148" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C148" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D148" s="10" t="s">
+        <v>30</v>
+      </c>
+      <c r="E148" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="F148" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G148" s="10" t="n">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="149">
+      <c r="A149" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="B149" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C149" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D149" s="10" t="s">
+        <v>31</v>
+      </c>
+      <c r="E149" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="F149" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G149" s="10" t="n">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="150">
+      <c r="A150" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="B150" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C150" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D150" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="E150" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="F150" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G150" s="10" t="n">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="151">
+      <c r="A151" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="B151" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C151" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D151" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="E151" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="F151" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G151" s="10" t="n">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="152">
+      <c r="A152" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="B152" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C152" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D152" s="10" t="s">
+        <v>34</v>
+      </c>
+      <c r="E152" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="F152" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G152" s="10" t="n">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="153">
+      <c r="A153" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="B153" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C153" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D153" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="E153" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="F153" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G153" s="10" t="n">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="154">
+      <c r="A154" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="B154" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C154" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D154" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="E154" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="F154" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G154" s="10" t="n">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="155">
+      <c r="A155" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="B155" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C155" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D155" s="10" t="s">
+        <v>37</v>
+      </c>
+      <c r="E155" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="F155" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G155" s="10" t="n">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="156">
+      <c r="A156" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="B156" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C156" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D156" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="E156" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="F156" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G156" s="10" t="n">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="157">
+      <c r="A157" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="B157" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C157" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D157" s="10" t="s">
+        <v>39</v>
+      </c>
+      <c r="E157" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="F157" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G157" s="10" t="n">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="158">
+      <c r="A158" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="B158" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C158" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D158" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E158" s="10" t="s">
+        <v>44</v>
+      </c>
+      <c r="F158" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G158" s="10" t="n">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="159">
+      <c r="A159" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="B159" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C159" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D159" s="10" t="s">
+        <v>29</v>
+      </c>
+      <c r="E159" s="10" t="s">
+        <v>44</v>
+      </c>
+      <c r="F159" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G159" s="10" t="n">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="160">
+      <c r="A160" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="B160" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C160" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D160" s="10" t="s">
+        <v>30</v>
+      </c>
+      <c r="E160" s="10" t="s">
+        <v>44</v>
+      </c>
+      <c r="F160" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G160" s="10" t="n">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="161">
+      <c r="A161" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="B161" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C161" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D161" s="10" t="s">
+        <v>31</v>
+      </c>
+      <c r="E161" s="10" t="s">
+        <v>44</v>
+      </c>
+      <c r="F161" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G161" s="10" t="n">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="162">
+      <c r="A162" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="B162" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C162" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D162" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="E162" s="10" t="s">
+        <v>44</v>
+      </c>
+      <c r="F162" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G162" s="10" t="n">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="163">
+      <c r="A163" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="B163" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C163" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D163" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="E163" s="10" t="s">
+        <v>44</v>
+      </c>
+      <c r="F163" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G163" s="10" t="n">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="164">
+      <c r="A164" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="B164" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C164" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D164" s="10" t="s">
+        <v>34</v>
+      </c>
+      <c r="E164" s="10" t="s">
+        <v>44</v>
+      </c>
+      <c r="F164" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G164" s="10" t="n">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="165">
+      <c r="A165" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="B165" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C165" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D165" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="E165" s="10" t="s">
+        <v>44</v>
+      </c>
+      <c r="F165" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G165" s="10" t="n">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="166">
+      <c r="A166" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="B166" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C166" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D166" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="E166" s="10" t="s">
+        <v>44</v>
+      </c>
+      <c r="F166" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G166" s="10" t="n">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="167">
+      <c r="A167" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="B167" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C167" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D167" s="10" t="s">
+        <v>37</v>
+      </c>
+      <c r="E167" s="10" t="s">
+        <v>44</v>
+      </c>
+      <c r="F167" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G167" s="10" t="n">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="168">
+      <c r="A168" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="B168" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C168" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D168" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="E168" s="10" t="s">
+        <v>44</v>
+      </c>
+      <c r="F168" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G168" s="10" t="n">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="169">
+      <c r="A169" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="B169" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C169" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D169" s="10" t="s">
+        <v>39</v>
+      </c>
+      <c r="E169" s="10" t="s">
+        <v>44</v>
+      </c>
+      <c r="F169" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G169" s="10" t="n">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="170">
+      <c r="A170" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="B170" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C170" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D170" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E170" s="10" t="s">
+        <v>45</v>
+      </c>
+      <c r="F170" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G170" s="10" t="n">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="171">
+      <c r="A171" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="B171" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C171" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D171" s="10" t="s">
+        <v>29</v>
+      </c>
+      <c r="E171" s="10" t="s">
+        <v>45</v>
+      </c>
+      <c r="F171" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G171" s="10" t="n">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="172">
+      <c r="A172" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="B172" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C172" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D172" s="10" t="s">
+        <v>30</v>
+      </c>
+      <c r="E172" s="10" t="s">
+        <v>45</v>
+      </c>
+      <c r="F172" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G172" s="10" t="n">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="173">
+      <c r="A173" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="B173" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C173" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D173" s="10" t="s">
+        <v>31</v>
+      </c>
+      <c r="E173" s="10" t="s">
+        <v>45</v>
+      </c>
+      <c r="F173" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G173" s="10" t="n">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="174">
+      <c r="A174" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="B174" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C174" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D174" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="E174" s="10" t="s">
+        <v>45</v>
+      </c>
+      <c r="F174" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G174" s="10" t="n">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="175">
+      <c r="A175" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="B175" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C175" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D175" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="E175" s="10" t="s">
+        <v>45</v>
+      </c>
+      <c r="F175" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G175" s="10" t="n">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="176">
+      <c r="A176" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="B176" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C176" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D176" s="10" t="s">
+        <v>34</v>
+      </c>
+      <c r="E176" s="10" t="s">
+        <v>45</v>
+      </c>
+      <c r="F176" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G176" s="10" t="n">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="177">
+      <c r="A177" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="B177" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C177" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D177" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="E177" s="10" t="s">
+        <v>45</v>
+      </c>
+      <c r="F177" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G177" s="10" t="n">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="178">
+      <c r="A178" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="B178" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C178" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D178" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="E178" s="10" t="s">
+        <v>45</v>
+      </c>
+      <c r="F178" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G178" s="10" t="n">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="179">
+      <c r="A179" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="B179" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C179" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D179" s="10" t="s">
+        <v>37</v>
+      </c>
+      <c r="E179" s="10" t="s">
+        <v>45</v>
+      </c>
+      <c r="F179" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G179" s="10" t="n">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="180">
+      <c r="A180" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="B180" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C180" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D180" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="E180" s="10" t="s">
+        <v>45</v>
+      </c>
+      <c r="F180" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G180" s="10" t="n">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="181">
+      <c r="A181" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="B181" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C181" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D181" s="10" t="s">
+        <v>39</v>
+      </c>
+      <c r="E181" s="10" t="s">
+        <v>45</v>
+      </c>
+      <c r="F181" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G181" s="10" t="n">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="182">
+      <c r="A182" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="B182" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C182" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D182" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E182" s="10" t="s">
+        <v>46</v>
+      </c>
+      <c r="F182" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G182" s="10" t="n">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="183">
+      <c r="A183" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="B183" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C183" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D183" s="10" t="s">
+        <v>29</v>
+      </c>
+      <c r="E183" s="10" t="s">
+        <v>46</v>
+      </c>
+      <c r="F183" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G183" s="10" t="n">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="184">
+      <c r="A184" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="B184" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C184" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D184" s="10" t="s">
+        <v>30</v>
+      </c>
+      <c r="E184" s="10" t="s">
+        <v>46</v>
+      </c>
+      <c r="F184" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G184" s="10" t="n">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="185">
+      <c r="A185" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="B185" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C185" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D185" s="10" t="s">
+        <v>31</v>
+      </c>
+      <c r="E185" s="10" t="s">
+        <v>46</v>
+      </c>
+      <c r="F185" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G185" s="10" t="n">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="186">
+      <c r="A186" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="B186" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C186" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D186" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="E186" s="10" t="s">
+        <v>46</v>
+      </c>
+      <c r="F186" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G186" s="10" t="n">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="187">
+      <c r="A187" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="B187" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C187" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D187" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="E187" s="10" t="s">
+        <v>46</v>
+      </c>
+      <c r="F187" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G187" s="10" t="n">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="188">
+      <c r="A188" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="B188" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C188" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D188" s="10" t="s">
+        <v>34</v>
+      </c>
+      <c r="E188" s="10" t="s">
+        <v>46</v>
+      </c>
+      <c r="F188" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G188" s="10" t="n">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="189">
+      <c r="A189" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="B189" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C189" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D189" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="E189" s="10" t="s">
+        <v>46</v>
+      </c>
+      <c r="F189" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G189" s="10" t="n">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="190">
+      <c r="A190" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="B190" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C190" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D190" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="E190" s="10" t="s">
+        <v>46</v>
+      </c>
+      <c r="F190" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G190" s="10" t="n">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="191">
+      <c r="A191" s="10" t="s">
+        <v>48</v>
+      </c>
+      <c r="B191" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C191" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D191" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E191" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="F191" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G191" s="10" t="n">
+        <v>286</v>
+      </c>
+    </row>
+    <row r="192">
+      <c r="A192" s="10" t="s">
+        <v>48</v>
+      </c>
+      <c r="B192" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C192" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D192" s="10" t="s">
+        <v>29</v>
+      </c>
+      <c r="E192" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="F192" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G192" s="10" t="n">
+        <v>203</v>
+      </c>
+    </row>
+    <row r="193">
+      <c r="A193" s="10" t="s">
+        <v>48</v>
+      </c>
+      <c r="B193" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C193" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D193" s="10" t="s">
+        <v>30</v>
+      </c>
+      <c r="E193" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="F193" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G193" s="10" t="n">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="194">
+      <c r="A194" s="10" t="s">
+        <v>48</v>
+      </c>
+      <c r="B194" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C194" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D194" s="10" t="s">
+        <v>31</v>
+      </c>
+      <c r="E194" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="F194" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G194" s="10" t="n">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="195">
+      <c r="A195" s="10" t="s">
+        <v>48</v>
+      </c>
+      <c r="B195" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C195" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D195" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="E195" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="F195" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G195" s="10" t="n">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="196">
+      <c r="A196" s="10" t="s">
+        <v>48</v>
+      </c>
+      <c r="B196" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C196" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D196" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="E196" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="F196" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G196" s="10" t="n">
+        <v>238</v>
+      </c>
+    </row>
+    <row r="197">
+      <c r="A197" s="10" t="s">
+        <v>48</v>
+      </c>
+      <c r="B197" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C197" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D197" s="10" t="s">
+        <v>34</v>
+      </c>
+      <c r="E197" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="F197" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G197" s="10" t="n">
+        <v>234</v>
+      </c>
+    </row>
+    <row r="198">
+      <c r="A198" s="10" t="s">
+        <v>48</v>
+      </c>
+      <c r="B198" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C198" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D198" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="E198" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="F198" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G198" s="10" t="n">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="199">
+      <c r="A199" s="10" t="s">
+        <v>48</v>
+      </c>
+      <c r="B199" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C199" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D199" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="E199" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="F199" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G199" s="10" t="n">
+        <v>193</v>
+      </c>
+    </row>
+    <row r="200">
+      <c r="A200" s="10" t="s">
+        <v>48</v>
+      </c>
+      <c r="B200" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C200" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D200" s="10" t="s">
+        <v>37</v>
+      </c>
+      <c r="E200" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="F200" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G200" s="10" t="n">
+        <v>282</v>
+      </c>
+    </row>
+    <row r="201">
+      <c r="A201" s="10" t="s">
+        <v>48</v>
+      </c>
+      <c r="B201" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C201" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D201" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="E201" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="F201" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G201" s="10" t="n">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="202">
+      <c r="A202" s="10" t="s">
+        <v>48</v>
+      </c>
+      <c r="B202" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C202" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D202" s="10" t="s">
+        <v>39</v>
+      </c>
+      <c r="E202" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="F202" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G202" s="10" t="n">
+        <v>203</v>
+      </c>
+    </row>
+    <row r="203">
+      <c r="A203" s="10" t="s">
+        <v>48</v>
+      </c>
+      <c r="B203" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C203" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D203" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E203" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="F203" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G203" s="10" t="n">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="204">
+      <c r="A204" s="10" t="s">
+        <v>48</v>
+      </c>
+      <c r="B204" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C204" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D204" s="10" t="s">
+        <v>29</v>
+      </c>
+      <c r="E204" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="F204" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G204" s="10" t="n">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="205">
+      <c r="A205" s="10" t="s">
+        <v>48</v>
+      </c>
+      <c r="B205" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C205" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D205" s="10" t="s">
+        <v>30</v>
+      </c>
+      <c r="E205" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="F205" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G205" s="10" t="n">
+        <v>174</v>
+      </c>
+    </row>
+    <row r="206">
+      <c r="A206" s="10" t="s">
+        <v>48</v>
+      </c>
+      <c r="B206" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C206" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D206" s="10" t="s">
+        <v>31</v>
+      </c>
+      <c r="E206" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="F206" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G206" s="10" t="n">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="207">
+      <c r="A207" s="10" t="s">
+        <v>48</v>
+      </c>
+      <c r="B207" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C207" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D207" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="E207" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="F207" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G207" s="10" t="n">
+        <v>243</v>
+      </c>
+    </row>
+    <row r="208">
+      <c r="A208" s="10" t="s">
+        <v>48</v>
+      </c>
+      <c r="B208" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C208" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D208" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="E208" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="F208" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G208" s="10" t="n">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="209">
+      <c r="A209" s="10" t="s">
+        <v>48</v>
+      </c>
+      <c r="B209" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C209" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D209" s="10" t="s">
+        <v>34</v>
+      </c>
+      <c r="E209" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="F209" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G209" s="10" t="n">
+        <v>268</v>
+      </c>
+    </row>
+    <row r="210">
+      <c r="A210" s="10" t="s">
+        <v>48</v>
+      </c>
+      <c r="B210" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C210" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D210" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="E210" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="F210" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G210" s="10" t="n">
+        <v>203</v>
+      </c>
+    </row>
+    <row r="211">
+      <c r="A211" s="10" t="s">
+        <v>48</v>
+      </c>
+      <c r="B211" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C211" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D211" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="E211" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="F211" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G211" s="10" t="n">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="212">
+      <c r="A212" s="10" t="s">
+        <v>48</v>
+      </c>
+      <c r="B212" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C212" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D212" s="10" t="s">
+        <v>37</v>
+      </c>
+      <c r="E212" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="F212" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G212" s="10" t="n">
+        <v>266</v>
+      </c>
+    </row>
+    <row r="213">
+      <c r="A213" s="10" t="s">
+        <v>48</v>
+      </c>
+      <c r="B213" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C213" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D213" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="E213" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="F213" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G213" s="10" t="n">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="214">
+      <c r="A214" s="10" t="s">
+        <v>48</v>
+      </c>
+      <c r="B214" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C214" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D214" s="10" t="s">
+        <v>39</v>
+      </c>
+      <c r="E214" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="F214" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G214" s="10" t="n">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="215">
+      <c r="A215" s="10" t="s">
+        <v>48</v>
+      </c>
+      <c r="B215" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C215" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D215" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E215" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="F215" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G215" s="10" t="n">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="216">
+      <c r="A216" s="10" t="s">
+        <v>48</v>
+      </c>
+      <c r="B216" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C216" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D216" s="10" t="s">
+        <v>29</v>
+      </c>
+      <c r="E216" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="F216" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G216" s="10" t="n">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="217">
+      <c r="A217" s="10" t="s">
+        <v>48</v>
+      </c>
+      <c r="B217" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C217" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D217" s="10" t="s">
+        <v>30</v>
+      </c>
+      <c r="E217" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="F217" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G217" s="10" t="n">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="218">
+      <c r="A218" s="10" t="s">
+        <v>48</v>
+      </c>
+      <c r="B218" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C218" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D218" s="10" t="s">
+        <v>31</v>
+      </c>
+      <c r="E218" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="F218" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G218" s="10" t="n">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="219">
+      <c r="A219" s="10" t="s">
+        <v>48</v>
+      </c>
+      <c r="B219" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C219" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D219" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="E219" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="F219" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G219" s="10" t="n">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="220">
+      <c r="A220" s="10" t="s">
+        <v>48</v>
+      </c>
+      <c r="B220" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C220" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D220" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="E220" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="F220" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G220" s="10" t="n">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="221">
+      <c r="A221" s="10" t="s">
+        <v>48</v>
+      </c>
+      <c r="B221" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C221" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D221" s="10" t="s">
+        <v>34</v>
+      </c>
+      <c r="E221" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="F221" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G221" s="10" t="n">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="222">
+      <c r="A222" s="10" t="s">
+        <v>48</v>
+      </c>
+      <c r="B222" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C222" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D222" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="E222" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="F222" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G222" s="10" t="n">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="223">
+      <c r="A223" s="10" t="s">
+        <v>48</v>
+      </c>
+      <c r="B223" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C223" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D223" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="E223" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="F223" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G223" s="10" t="n">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="224">
+      <c r="A224" s="10" t="s">
+        <v>48</v>
+      </c>
+      <c r="B224" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C224" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D224" s="10" t="s">
+        <v>37</v>
+      </c>
+      <c r="E224" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="F224" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G224" s="10" t="n">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="225">
+      <c r="A225" s="10" t="s">
+        <v>48</v>
+      </c>
+      <c r="B225" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C225" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D225" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="E225" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="F225" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G225" s="10" t="n">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="226">
+      <c r="A226" s="10" t="s">
+        <v>48</v>
+      </c>
+      <c r="B226" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C226" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D226" s="10" t="s">
+        <v>39</v>
+      </c>
+      <c r="E226" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="F226" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G226" s="10" t="n">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="227">
+      <c r="A227" s="10" t="s">
+        <v>48</v>
+      </c>
+      <c r="B227" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C227" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D227" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E227" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="F227" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G227" s="10" t="n">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="228">
+      <c r="A228" s="10" t="s">
+        <v>48</v>
+      </c>
+      <c r="B228" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C228" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D228" s="10" t="s">
+        <v>29</v>
+      </c>
+      <c r="E228" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="F228" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G228" s="10" t="n">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="229">
+      <c r="A229" s="10" t="s">
+        <v>48</v>
+      </c>
+      <c r="B229" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C229" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D229" s="10" t="s">
+        <v>30</v>
+      </c>
+      <c r="E229" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="F229" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G229" s="10" t="n">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="230">
+      <c r="A230" s="10" t="s">
+        <v>48</v>
+      </c>
+      <c r="B230" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C230" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D230" s="10" t="s">
+        <v>31</v>
+      </c>
+      <c r="E230" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="F230" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G230" s="10" t="n">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="231">
+      <c r="A231" s="10" t="s">
+        <v>48</v>
+      </c>
+      <c r="B231" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C231" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D231" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="E231" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="F231" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G231" s="10" t="n">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="232">
+      <c r="A232" s="10" t="s">
+        <v>48</v>
+      </c>
+      <c r="B232" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C232" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D232" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="E232" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="F232" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G232" s="10" t="n">
+        <v>267</v>
+      </c>
+    </row>
+    <row r="233">
+      <c r="A233" s="10" t="s">
+        <v>48</v>
+      </c>
+      <c r="B233" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C233" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D233" s="10" t="s">
+        <v>34</v>
+      </c>
+      <c r="E233" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="F233" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G233" s="10" t="n">
+        <v>269</v>
+      </c>
+    </row>
+    <row r="234">
+      <c r="A234" s="10" t="s">
+        <v>48</v>
+      </c>
+      <c r="B234" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C234" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D234" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="E234" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="F234" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G234" s="10" t="n">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="235">
+      <c r="A235" s="10" t="s">
+        <v>48</v>
+      </c>
+      <c r="B235" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C235" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D235" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="E235" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="F235" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G235" s="10" t="n">
+        <v>236</v>
+      </c>
+    </row>
+    <row r="236">
+      <c r="A236" s="10" t="s">
+        <v>48</v>
+      </c>
+      <c r="B236" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C236" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D236" s="10" t="s">
+        <v>37</v>
+      </c>
+      <c r="E236" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="F236" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G236" s="10" t="n">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="237">
+      <c r="A237" s="10" t="s">
+        <v>48</v>
+      </c>
+      <c r="B237" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C237" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D237" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="E237" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="F237" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G237" s="10" t="n">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="238">
+      <c r="A238" s="10" t="s">
+        <v>48</v>
+      </c>
+      <c r="B238" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C238" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D238" s="10" t="s">
+        <v>39</v>
+      </c>
+      <c r="E238" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="F238" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G238" s="10" t="n">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="239">
+      <c r="A239" s="10" t="s">
+        <v>48</v>
+      </c>
+      <c r="B239" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C239" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D239" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E239" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="F239" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G239" s="10" t="n">
+        <v>251</v>
+      </c>
+    </row>
+    <row r="240">
+      <c r="A240" s="10" t="s">
+        <v>48</v>
+      </c>
+      <c r="B240" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C240" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D240" s="10" t="s">
+        <v>29</v>
+      </c>
+      <c r="E240" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="F240" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G240" s="10" t="n">
+        <v>206</v>
+      </c>
+    </row>
+    <row r="241">
+      <c r="A241" s="10" t="s">
+        <v>48</v>
+      </c>
+      <c r="B241" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C241" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D241" s="10" t="s">
+        <v>30</v>
+      </c>
+      <c r="E241" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="F241" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G241" s="10" t="n">
+        <v>259</v>
+      </c>
+    </row>
+    <row r="242">
+      <c r="A242" s="10" t="s">
+        <v>48</v>
+      </c>
+      <c r="B242" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C242" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D242" s="10" t="s">
+        <v>31</v>
+      </c>
+      <c r="E242" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="F242" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G242" s="10" t="n">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="243">
+      <c r="A243" s="10" t="s">
+        <v>48</v>
+      </c>
+      <c r="B243" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C243" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D243" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="E243" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="F243" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G243" s="10" t="n">
+        <v>262</v>
+      </c>
+    </row>
+    <row r="244">
+      <c r="A244" s="10" t="s">
+        <v>48</v>
+      </c>
+      <c r="B244" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C244" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D244" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="E244" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="F244" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G244" s="10" t="n">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="245">
+      <c r="A245" s="10" t="s">
+        <v>48</v>
+      </c>
+      <c r="B245" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C245" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D245" s="10" t="s">
+        <v>34</v>
+      </c>
+      <c r="E245" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="F245" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G245" s="10" t="n">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="246">
+      <c r="A246" s="10" t="s">
+        <v>48</v>
+      </c>
+      <c r="B246" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C246" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D246" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="E246" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="F246" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G246" s="10" t="n">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="247">
+      <c r="A247" s="10" t="s">
+        <v>48</v>
+      </c>
+      <c r="B247" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C247" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D247" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="E247" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="F247" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G247" s="10" t="n">
+        <v>238</v>
+      </c>
+    </row>
+    <row r="248">
+      <c r="A248" s="10" t="s">
+        <v>48</v>
+      </c>
+      <c r="B248" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C248" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D248" s="10" t="s">
+        <v>37</v>
+      </c>
+      <c r="E248" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="F248" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G248" s="10" t="n">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="249">
+      <c r="A249" s="10" t="s">
+        <v>48</v>
+      </c>
+      <c r="B249" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C249" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D249" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="E249" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="F249" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G249" s="10" t="n">
+        <v>263</v>
+      </c>
+    </row>
+    <row r="250">
+      <c r="A250" s="10" t="s">
+        <v>48</v>
+      </c>
+      <c r="B250" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C250" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D250" s="10" t="s">
+        <v>39</v>
+      </c>
+      <c r="E250" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="F250" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G250" s="10" t="n">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="251">
+      <c r="A251" s="10" t="s">
+        <v>48</v>
+      </c>
+      <c r="B251" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C251" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D251" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E251" s="10" t="s">
+        <v>44</v>
+      </c>
+      <c r="F251" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G251" s="10" t="n">
+        <v>303</v>
+      </c>
+    </row>
+    <row r="252">
+      <c r="A252" s="10" t="s">
+        <v>48</v>
+      </c>
+      <c r="B252" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C252" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D252" s="10" t="s">
+        <v>29</v>
+      </c>
+      <c r="E252" s="10" t="s">
+        <v>44</v>
+      </c>
+      <c r="F252" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G252" s="10" t="n">
+        <v>222</v>
+      </c>
+    </row>
+    <row r="253">
+      <c r="A253" s="10" t="s">
+        <v>48</v>
+      </c>
+      <c r="B253" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C253" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D253" s="10" t="s">
+        <v>30</v>
+      </c>
+      <c r="E253" s="10" t="s">
+        <v>44</v>
+      </c>
+      <c r="F253" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G253" s="10" t="n">
+        <v>271</v>
+      </c>
+    </row>
+    <row r="254">
+      <c r="A254" s="10" t="s">
+        <v>48</v>
+      </c>
+      <c r="B254" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C254" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D254" s="10" t="s">
+        <v>31</v>
+      </c>
+      <c r="E254" s="10" t="s">
+        <v>44</v>
+      </c>
+      <c r="F254" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G254" s="10" t="n">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="255">
+      <c r="A255" s="10" t="s">
+        <v>48</v>
+      </c>
+      <c r="B255" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C255" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D255" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="E255" s="10" t="s">
+        <v>44</v>
+      </c>
+      <c r="F255" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G255" s="10" t="n">
+        <v>257</v>
+      </c>
+    </row>
+    <row r="256">
+      <c r="A256" s="10" t="s">
+        <v>48</v>
+      </c>
+      <c r="B256" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C256" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D256" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="E256" s="10" t="s">
+        <v>44</v>
+      </c>
+      <c r="F256" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G256" s="10" t="n">
+        <v>261</v>
+      </c>
+    </row>
+    <row r="257">
+      <c r="A257" s="10" t="s">
+        <v>48</v>
+      </c>
+      <c r="B257" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C257" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D257" s="10" t="s">
+        <v>34</v>
+      </c>
+      <c r="E257" s="10" t="s">
+        <v>44</v>
+      </c>
+      <c r="F257" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G257" s="10" t="n">
+        <v>268</v>
+      </c>
+    </row>
+    <row r="258">
+      <c r="A258" s="10" t="s">
+        <v>48</v>
+      </c>
+      <c r="B258" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C258" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D258" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="E258" s="10" t="s">
+        <v>44</v>
+      </c>
+      <c r="F258" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G258" s="10" t="n">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="259">
+      <c r="A259" s="10" t="s">
+        <v>48</v>
+      </c>
+      <c r="B259" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C259" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D259" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="E259" s="10" t="s">
+        <v>44</v>
+      </c>
+      <c r="F259" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G259" s="10" t="n">
+        <v>268</v>
+      </c>
+    </row>
+    <row r="260">
+      <c r="A260" s="10" t="s">
+        <v>48</v>
+      </c>
+      <c r="B260" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C260" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D260" s="10" t="s">
+        <v>37</v>
+      </c>
+      <c r="E260" s="10" t="s">
+        <v>44</v>
+      </c>
+      <c r="F260" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G260" s="10" t="n">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="261">
+      <c r="A261" s="10" t="s">
+        <v>48</v>
+      </c>
+      <c r="B261" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C261" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D261" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="E261" s="10" t="s">
+        <v>44</v>
+      </c>
+      <c r="F261" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G261" s="10" t="n">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="262">
+      <c r="A262" s="10" t="s">
+        <v>48</v>
+      </c>
+      <c r="B262" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C262" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D262" s="10" t="s">
+        <v>39</v>
+      </c>
+      <c r="E262" s="10" t="s">
+        <v>44</v>
+      </c>
+      <c r="F262" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G262" s="10" t="n">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="263">
+      <c r="A263" s="10" t="s">
+        <v>48</v>
+      </c>
+      <c r="B263" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C263" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D263" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E263" s="10" t="s">
+        <v>45</v>
+      </c>
+      <c r="F263" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G263" s="10" t="n">
+        <v>246</v>
+      </c>
+    </row>
+    <row r="264">
+      <c r="A264" s="10" t="s">
+        <v>48</v>
+      </c>
+      <c r="B264" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C264" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D264" s="10" t="s">
+        <v>29</v>
+      </c>
+      <c r="E264" s="10" t="s">
+        <v>45</v>
+      </c>
+      <c r="F264" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G264" s="10" t="n">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="265">
+      <c r="A265" s="10" t="s">
+        <v>48</v>
+      </c>
+      <c r="B265" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C265" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D265" s="10" t="s">
+        <v>30</v>
+      </c>
+      <c r="E265" s="10" t="s">
+        <v>45</v>
+      </c>
+      <c r="F265" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G265" s="10" t="n">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="266">
+      <c r="A266" s="10" t="s">
+        <v>48</v>
+      </c>
+      <c r="B266" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C266" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D266" s="10" t="s">
+        <v>31</v>
+      </c>
+      <c r="E266" s="10" t="s">
+        <v>45</v>
+      </c>
+      <c r="F266" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G266" s="10" t="n">
+        <v>274</v>
+      </c>
+    </row>
+    <row r="267">
+      <c r="A267" s="10" t="s">
+        <v>48</v>
+      </c>
+      <c r="B267" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C267" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D267" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="E267" s="10" t="s">
+        <v>45</v>
+      </c>
+      <c r="F267" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G267" s="10" t="n">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="268">
+      <c r="A268" s="10" t="s">
+        <v>48</v>
+      </c>
+      <c r="B268" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C268" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D268" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="E268" s="10" t="s">
+        <v>45</v>
+      </c>
+      <c r="F268" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G268" s="10" t="n">
+        <v>262</v>
+      </c>
+    </row>
+    <row r="269">
+      <c r="A269" s="10" t="s">
+        <v>48</v>
+      </c>
+      <c r="B269" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C269" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D269" s="10" t="s">
+        <v>34</v>
+      </c>
+      <c r="E269" s="10" t="s">
+        <v>45</v>
+      </c>
+      <c r="F269" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G269" s="10" t="n">
+        <v>238</v>
+      </c>
+    </row>
+    <row r="270">
+      <c r="A270" s="10" t="s">
+        <v>48</v>
+      </c>
+      <c r="B270" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C270" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D270" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="E270" s="10" t="s">
+        <v>45</v>
+      </c>
+      <c r="F270" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G270" s="10" t="n">
+        <v>203</v>
+      </c>
+    </row>
+    <row r="271">
+      <c r="A271" s="10" t="s">
+        <v>48</v>
+      </c>
+      <c r="B271" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C271" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D271" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="E271" s="10" t="s">
+        <v>45</v>
+      </c>
+      <c r="F271" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G271" s="10" t="n">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="272">
+      <c r="A272" s="10" t="s">
+        <v>48</v>
+      </c>
+      <c r="B272" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C272" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D272" s="10" t="s">
+        <v>37</v>
+      </c>
+      <c r="E272" s="10" t="s">
+        <v>45</v>
+      </c>
+      <c r="F272" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G272" s="10" t="n">
+        <v>267</v>
+      </c>
+    </row>
+    <row r="273">
+      <c r="A273" s="10" t="s">
+        <v>48</v>
+      </c>
+      <c r="B273" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C273" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D273" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="E273" s="10" t="s">
+        <v>45</v>
+      </c>
+      <c r="F273" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G273" s="10" t="n">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="274">
+      <c r="A274" s="10" t="s">
+        <v>48</v>
+      </c>
+      <c r="B274" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C274" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D274" s="10" t="s">
+        <v>39</v>
+      </c>
+      <c r="E274" s="10" t="s">
+        <v>45</v>
+      </c>
+      <c r="F274" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G274" s="10" t="n">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="275">
+      <c r="A275" s="10" t="s">
+        <v>48</v>
+      </c>
+      <c r="B275" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C275" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D275" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E275" s="10" t="s">
+        <v>46</v>
+      </c>
+      <c r="F275" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G275" s="10" t="n">
+        <v>262</v>
+      </c>
+    </row>
+    <row r="276">
+      <c r="A276" s="10" t="s">
+        <v>48</v>
+      </c>
+      <c r="B276" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C276" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D276" s="10" t="s">
+        <v>29</v>
+      </c>
+      <c r="E276" s="10" t="s">
+        <v>46</v>
+      </c>
+      <c r="F276" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G276" s="10" t="n">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="277">
+      <c r="A277" s="10" t="s">
+        <v>48</v>
+      </c>
+      <c r="B277" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C277" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D277" s="10" t="s">
+        <v>30</v>
+      </c>
+      <c r="E277" s="10" t="s">
+        <v>46</v>
+      </c>
+      <c r="F277" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G277" s="10" t="n">
+        <v>216</v>
+      </c>
+    </row>
+    <row r="278">
+      <c r="A278" s="10" t="s">
+        <v>48</v>
+      </c>
+      <c r="B278" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C278" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D278" s="10" t="s">
+        <v>31</v>
+      </c>
+      <c r="E278" s="10" t="s">
+        <v>46</v>
+      </c>
+      <c r="F278" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G278" s="10" t="n">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="279">
+      <c r="A279" s="10" t="s">
+        <v>48</v>
+      </c>
+      <c r="B279" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C279" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D279" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="E279" s="10" t="s">
+        <v>46</v>
+      </c>
+      <c r="F279" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G279" s="10" t="n">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="280">
+      <c r="A280" s="10" t="s">
+        <v>48</v>
+      </c>
+      <c r="B280" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C280" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D280" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="E280" s="10" t="s">
+        <v>46</v>
+      </c>
+      <c r="F280" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G280" s="10" t="n">
+        <v>234</v>
+      </c>
+    </row>
+    <row r="281">
+      <c r="A281" s="10" t="s">
+        <v>48</v>
+      </c>
+      <c r="B281" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C281" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D281" s="10" t="s">
+        <v>34</v>
+      </c>
+      <c r="E281" s="10" t="s">
+        <v>46</v>
+      </c>
+      <c r="F281" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G281" s="10" t="n">
+        <v>242</v>
+      </c>
+    </row>
+    <row r="282">
+      <c r="A282" s="10" t="s">
+        <v>48</v>
+      </c>
+      <c r="B282" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C282" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D282" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="E282" s="10" t="s">
+        <v>46</v>
+      </c>
+      <c r="F282" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G282" s="10" t="n">
+        <v>222</v>
+      </c>
+    </row>
+    <row r="283">
+      <c r="A283" s="10" t="s">
+        <v>48</v>
+      </c>
+      <c r="B283" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C283" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D283" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="E283" s="10" t="s">
+        <v>46</v>
+      </c>
+      <c r="F283" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G283" s="10" t="n">
+        <v>272</v>
+      </c>
+    </row>
+    <row r="284">
+      <c r="A284" s="10" t="s">
+        <v>49</v>
+      </c>
+      <c r="B284" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C284" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D284" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E284" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="F284" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G284" s="10" t="n">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="285">
+      <c r="A285" s="10" t="s">
+        <v>49</v>
+      </c>
+      <c r="B285" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C285" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D285" s="10" t="s">
+        <v>29</v>
+      </c>
+      <c r="E285" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="F285" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G285" s="10" t="n">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="286">
+      <c r="A286" s="10" t="s">
+        <v>49</v>
+      </c>
+      <c r="B286" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C286" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D286" s="10" t="s">
+        <v>30</v>
+      </c>
+      <c r="E286" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="F286" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G286" s="10" t="n">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="287">
+      <c r="A287" s="10" t="s">
+        <v>49</v>
+      </c>
+      <c r="B287" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C287" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D287" s="10" t="s">
+        <v>31</v>
+      </c>
+      <c r="E287" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="F287" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G287" s="10" t="n">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="288">
+      <c r="A288" s="10" t="s">
+        <v>49</v>
+      </c>
+      <c r="B288" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C288" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D288" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="E288" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="F288" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G288" s="10" t="n">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="289">
+      <c r="A289" s="10" t="s">
+        <v>49</v>
+      </c>
+      <c r="B289" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C289" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D289" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="E289" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="F289" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G289" s="10" t="n">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="290">
+      <c r="A290" s="10" t="s">
+        <v>49</v>
+      </c>
+      <c r="B290" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C290" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D290" s="10" t="s">
+        <v>34</v>
+      </c>
+      <c r="E290" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="F290" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G290" s="10" t="n">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="291">
+      <c r="A291" s="10" t="s">
+        <v>49</v>
+      </c>
+      <c r="B291" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C291" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D291" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="E291" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="F291" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G291" s="10" t="n">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="292">
+      <c r="A292" s="10" t="s">
+        <v>49</v>
+      </c>
+      <c r="B292" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C292" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D292" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="E292" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="F292" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G292" s="10" t="n">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="293">
+      <c r="A293" s="10" t="s">
+        <v>49</v>
+      </c>
+      <c r="B293" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C293" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D293" s="10" t="s">
+        <v>37</v>
+      </c>
+      <c r="E293" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="F293" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G293" s="10" t="n">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="294">
+      <c r="A294" s="10" t="s">
+        <v>49</v>
+      </c>
+      <c r="B294" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C294" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D294" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="E294" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="F294" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G294" s="10" t="n">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="295">
+      <c r="A295" s="10" t="s">
+        <v>49</v>
+      </c>
+      <c r="B295" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C295" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D295" s="10" t="s">
+        <v>39</v>
+      </c>
+      <c r="E295" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="F295" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G295" s="10" t="n">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="296">
+      <c r="A296" s="10" t="s">
+        <v>49</v>
+      </c>
+      <c r="B296" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C296" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D296" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E296" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="F296" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G296" s="10" t="n">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="297">
+      <c r="A297" s="10" t="s">
+        <v>49</v>
+      </c>
+      <c r="B297" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C297" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D297" s="10" t="s">
+        <v>29</v>
+      </c>
+      <c r="E297" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="F297" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G297" s="10" t="n">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="298">
+      <c r="A298" s="10" t="s">
+        <v>49</v>
+      </c>
+      <c r="B298" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C298" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D298" s="10" t="s">
+        <v>30</v>
+      </c>
+      <c r="E298" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="F298" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G298" s="10" t="n">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="299">
+      <c r="A299" s="10" t="s">
+        <v>49</v>
+      </c>
+      <c r="B299" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C299" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D299" s="10" t="s">
+        <v>31</v>
+      </c>
+      <c r="E299" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="F299" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G299" s="10" t="n">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="300">
+      <c r="A300" s="10" t="s">
+        <v>49</v>
+      </c>
+      <c r="B300" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C300" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D300" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="E300" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="F300" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G300" s="10" t="n">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="301">
+      <c r="A301" s="10" t="s">
+        <v>49</v>
+      </c>
+      <c r="B301" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C301" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D301" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="E301" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="F301" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G301" s="10" t="n">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="302">
+      <c r="A302" s="10" t="s">
+        <v>49</v>
+      </c>
+      <c r="B302" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C302" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D302" s="10" t="s">
+        <v>34</v>
+      </c>
+      <c r="E302" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="F302" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G302" s="10" t="n">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="303">
+      <c r="A303" s="10" t="s">
+        <v>49</v>
+      </c>
+      <c r="B303" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C303" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D303" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="E303" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="F303" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G303" s="10" t="n">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="304">
+      <c r="A304" s="10" t="s">
+        <v>49</v>
+      </c>
+      <c r="B304" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C304" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D304" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="E304" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="F304" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G304" s="10" t="n">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="305">
+      <c r="A305" s="10" t="s">
+        <v>49</v>
+      </c>
+      <c r="B305" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C305" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D305" s="10" t="s">
+        <v>37</v>
+      </c>
+      <c r="E305" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="F305" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G305" s="10" t="n">
+        <v>186</v>
+      </c>
+    </row>
+    <row r="306">
+      <c r="A306" s="10" t="s">
+        <v>49</v>
+      </c>
+      <c r="B306" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C306" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D306" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="E306" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="F306" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G306" s="10" t="n">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="307">
+      <c r="A307" s="10" t="s">
+        <v>49</v>
+      </c>
+      <c r="B307" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C307" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D307" s="10" t="s">
+        <v>39</v>
+      </c>
+      <c r="E307" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="F307" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G307" s="10" t="n">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="308">
+      <c r="A308" s="10" t="s">
+        <v>49</v>
+      </c>
+      <c r="B308" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C308" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D308" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E308" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="F308" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G308" s="10" t="n">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="309">
+      <c r="A309" s="10" t="s">
+        <v>49</v>
+      </c>
+      <c r="B309" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C309" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D309" s="10" t="s">
+        <v>29</v>
+      </c>
+      <c r="E309" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="F309" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G309" s="10" t="n">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="310">
+      <c r="A310" s="10" t="s">
+        <v>49</v>
+      </c>
+      <c r="B310" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C310" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D310" s="10" t="s">
+        <v>30</v>
+      </c>
+      <c r="E310" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="F310" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G310" s="10" t="n">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="311">
+      <c r="A311" s="10" t="s">
+        <v>49</v>
+      </c>
+      <c r="B311" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C311" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D311" s="10" t="s">
+        <v>31</v>
+      </c>
+      <c r="E311" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="F311" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G311" s="10" t="n">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="312">
+      <c r="A312" s="10" t="s">
+        <v>49</v>
+      </c>
+      <c r="B312" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C312" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D312" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="E312" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="F312" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G312" s="10" t="n">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="313">
+      <c r="A313" s="10" t="s">
+        <v>49</v>
+      </c>
+      <c r="B313" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C313" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D313" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="E313" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="F313" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G313" s="10" t="n">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="314">
+      <c r="A314" s="10" t="s">
+        <v>49</v>
+      </c>
+      <c r="B314" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C314" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D314" s="10" t="s">
+        <v>34</v>
+      </c>
+      <c r="E314" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="F314" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G314" s="10" t="n">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="315">
+      <c r="A315" s="10" t="s">
+        <v>49</v>
+      </c>
+      <c r="B315" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C315" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D315" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="E315" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="F315" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G315" s="10" t="n">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="316">
+      <c r="A316" s="10" t="s">
+        <v>49</v>
+      </c>
+      <c r="B316" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C316" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D316" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="E316" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="F316" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G316" s="10" t="n">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="317">
+      <c r="A317" s="10" t="s">
+        <v>49</v>
+      </c>
+      <c r="B317" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C317" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D317" s="10" t="s">
+        <v>37</v>
+      </c>
+      <c r="E317" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="F317" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G317" s="10" t="n">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="318">
+      <c r="A318" s="10" t="s">
+        <v>49</v>
+      </c>
+      <c r="B318" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C318" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D318" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="E318" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="F318" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G318" s="10" t="n">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="319">
+      <c r="A319" s="10" t="s">
+        <v>49</v>
+      </c>
+      <c r="B319" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C319" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D319" s="10" t="s">
+        <v>39</v>
+      </c>
+      <c r="E319" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="F319" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G319" s="10" t="n">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="320">
+      <c r="A320" s="10" t="s">
+        <v>49</v>
+      </c>
+      <c r="B320" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C320" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D320" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E320" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="F320" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G320" s="10" t="n">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="321">
+      <c r="A321" s="10" t="s">
+        <v>49</v>
+      </c>
+      <c r="B321" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C321" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D321" s="10" t="s">
+        <v>29</v>
+      </c>
+      <c r="E321" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="F321" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G321" s="10" t="n">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="322">
+      <c r="A322" s="10" t="s">
+        <v>49</v>
+      </c>
+      <c r="B322" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C322" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D322" s="10" t="s">
+        <v>30</v>
+      </c>
+      <c r="E322" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="F322" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G322" s="10" t="n">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="323">
+      <c r="A323" s="10" t="s">
+        <v>49</v>
+      </c>
+      <c r="B323" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C323" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D323" s="10" t="s">
+        <v>31</v>
+      </c>
+      <c r="E323" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="F323" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G323" s="10" t="n">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="324">
+      <c r="A324" s="10" t="s">
+        <v>49</v>
+      </c>
+      <c r="B324" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C324" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D324" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="E324" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="F324" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G324" s="10" t="n">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="325">
+      <c r="A325" s="10" t="s">
+        <v>49</v>
+      </c>
+      <c r="B325" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C325" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D325" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="E325" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="F325" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G325" s="10" t="n">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="326">
+      <c r="A326" s="10" t="s">
+        <v>49</v>
+      </c>
+      <c r="B326" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C326" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D326" s="10" t="s">
+        <v>34</v>
+      </c>
+      <c r="E326" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="F326" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G326" s="10" t="n">
+        <v>188</v>
+      </c>
+    </row>
+    <row r="327">
+      <c r="A327" s="10" t="s">
+        <v>49</v>
+      </c>
+      <c r="B327" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C327" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D327" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="E327" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="F327" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G327" s="10" t="n">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="328">
+      <c r="A328" s="10" t="s">
+        <v>49</v>
+      </c>
+      <c r="B328" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C328" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D328" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="E328" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="F328" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G328" s="10" t="n">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="329">
+      <c r="A329" s="10" t="s">
+        <v>49</v>
+      </c>
+      <c r="B329" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C329" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D329" s="10" t="s">
+        <v>37</v>
+      </c>
+      <c r="E329" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="F329" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G329" s="10" t="n">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="330">
+      <c r="A330" s="10" t="s">
+        <v>49</v>
+      </c>
+      <c r="B330" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C330" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D330" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="E330" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="F330" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G330" s="10" t="n">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="331">
+      <c r="A331" s="10" t="s">
+        <v>49</v>
+      </c>
+      <c r="B331" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C331" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D331" s="10" t="s">
+        <v>39</v>
+      </c>
+      <c r="E331" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="F331" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G331" s="10" t="n">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="332">
+      <c r="A332" s="10" t="s">
+        <v>49</v>
+      </c>
+      <c r="B332" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C332" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D332" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E332" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="F332" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G332" s="10" t="n">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="333">
+      <c r="A333" s="10" t="s">
+        <v>49</v>
+      </c>
+      <c r="B333" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C333" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D333" s="10" t="s">
+        <v>29</v>
+      </c>
+      <c r="E333" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="F333" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G333" s="10" t="n">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="334">
+      <c r="A334" s="10" t="s">
+        <v>49</v>
+      </c>
+      <c r="B334" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C334" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D334" s="10" t="s">
+        <v>30</v>
+      </c>
+      <c r="E334" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="F334" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G334" s="10" t="n">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="335">
+      <c r="A335" s="10" t="s">
+        <v>49</v>
+      </c>
+      <c r="B335" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C335" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D335" s="10" t="s">
+        <v>31</v>
+      </c>
+      <c r="E335" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="F335" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G335" s="10" t="n">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="336">
+      <c r="A336" s="10" t="s">
+        <v>49</v>
+      </c>
+      <c r="B336" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C336" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D336" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="E336" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="F336" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G336" s="10" t="n">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="337">
+      <c r="A337" s="10" t="s">
+        <v>49</v>
+      </c>
+      <c r="B337" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C337" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D337" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="E337" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="F337" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G337" s="10" t="n">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="338">
+      <c r="A338" s="10" t="s">
+        <v>49</v>
+      </c>
+      <c r="B338" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C338" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D338" s="10" t="s">
+        <v>34</v>
+      </c>
+      <c r="E338" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="F338" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G338" s="10" t="n">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="339">
+      <c r="A339" s="10" t="s">
+        <v>49</v>
+      </c>
+      <c r="B339" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C339" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D339" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="E339" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="F339" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G339" s="10" t="n">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="340">
+      <c r="A340" s="10" t="s">
+        <v>49</v>
+      </c>
+      <c r="B340" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C340" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D340" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="E340" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="F340" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G340" s="10" t="n">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="341">
+      <c r="A341" s="10" t="s">
+        <v>49</v>
+      </c>
+      <c r="B341" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C341" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D341" s="10" t="s">
+        <v>37</v>
+      </c>
+      <c r="E341" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="F341" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G341" s="10" t="n">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="342">
+      <c r="A342" s="10" t="s">
+        <v>49</v>
+      </c>
+      <c r="B342" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C342" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D342" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="E342" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="F342" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G342" s="10" t="n">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="343">
+      <c r="A343" s="10" t="s">
+        <v>49</v>
+      </c>
+      <c r="B343" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C343" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D343" s="10" t="s">
+        <v>39</v>
+      </c>
+      <c r="E343" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="F343" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G343" s="10" t="n">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="344">
+      <c r="A344" s="10" t="s">
+        <v>49</v>
+      </c>
+      <c r="B344" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C344" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D344" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E344" s="10" t="s">
+        <v>44</v>
+      </c>
+      <c r="F344" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G344" s="10" t="n">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="345">
+      <c r="A345" s="10" t="s">
+        <v>49</v>
+      </c>
+      <c r="B345" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C345" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D345" s="10" t="s">
+        <v>29</v>
+      </c>
+      <c r="E345" s="10" t="s">
+        <v>44</v>
+      </c>
+      <c r="F345" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G345" s="10" t="n">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="346">
+      <c r="A346" s="10" t="s">
+        <v>49</v>
+      </c>
+      <c r="B346" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C346" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D346" s="10" t="s">
+        <v>30</v>
+      </c>
+      <c r="E346" s="10" t="s">
+        <v>44</v>
+      </c>
+      <c r="F346" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G346" s="10" t="n">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="347">
+      <c r="A347" s="10" t="s">
+        <v>49</v>
+      </c>
+      <c r="B347" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C347" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D347" s="10" t="s">
+        <v>31</v>
+      </c>
+      <c r="E347" s="10" t="s">
+        <v>44</v>
+      </c>
+      <c r="F347" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G347" s="10" t="n">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="348">
+      <c r="A348" s="10" t="s">
+        <v>49</v>
+      </c>
+      <c r="B348" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C348" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D348" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="E348" s="10" t="s">
+        <v>44</v>
+      </c>
+      <c r="F348" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G348" s="10" t="n">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="349">
+      <c r="A349" s="10" t="s">
+        <v>49</v>
+      </c>
+      <c r="B349" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C349" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D349" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="E349" s="10" t="s">
+        <v>44</v>
+      </c>
+      <c r="F349" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G349" s="10" t="n">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="350">
+      <c r="A350" s="10" t="s">
+        <v>49</v>
+      </c>
+      <c r="B350" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C350" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D350" s="10" t="s">
+        <v>34</v>
+      </c>
+      <c r="E350" s="10" t="s">
+        <v>44</v>
+      </c>
+      <c r="F350" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G350" s="10" t="n">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="351">
+      <c r="A351" s="10" t="s">
+        <v>49</v>
+      </c>
+      <c r="B351" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C351" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D351" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="E351" s="10" t="s">
+        <v>44</v>
+      </c>
+      <c r="F351" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G351" s="10" t="n">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="352">
+      <c r="A352" s="10" t="s">
+        <v>49</v>
+      </c>
+      <c r="B352" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C352" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D352" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="E352" s="10" t="s">
+        <v>44</v>
+      </c>
+      <c r="F352" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G352" s="10" t="n">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="353">
+      <c r="A353" s="10" t="s">
+        <v>49</v>
+      </c>
+      <c r="B353" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C353" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D353" s="10" t="s">
+        <v>37</v>
+      </c>
+      <c r="E353" s="10" t="s">
+        <v>44</v>
+      </c>
+      <c r="F353" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G353" s="10" t="n">
+        <v>174</v>
+      </c>
+    </row>
+    <row r="354">
+      <c r="A354" s="10" t="s">
+        <v>49</v>
+      </c>
+      <c r="B354" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C354" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D354" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="E354" s="10" t="s">
+        <v>44</v>
+      </c>
+      <c r="F354" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G354" s="10" t="n">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="355">
+      <c r="A355" s="10" t="s">
+        <v>49</v>
+      </c>
+      <c r="B355" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C355" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D355" s="10" t="s">
+        <v>39</v>
+      </c>
+      <c r="E355" s="10" t="s">
+        <v>44</v>
+      </c>
+      <c r="F355" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G355" s="10" t="n">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="356">
+      <c r="A356" s="10" t="s">
+        <v>49</v>
+      </c>
+      <c r="B356" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C356" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D356" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E356" s="10" t="s">
+        <v>45</v>
+      </c>
+      <c r="F356" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G356" s="10" t="n">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="357">
+      <c r="A357" s="10" t="s">
+        <v>49</v>
+      </c>
+      <c r="B357" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C357" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D357" s="10" t="s">
+        <v>29</v>
+      </c>
+      <c r="E357" s="10" t="s">
+        <v>45</v>
+      </c>
+      <c r="F357" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G357" s="10" t="n">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="358">
+      <c r="A358" s="10" t="s">
+        <v>49</v>
+      </c>
+      <c r="B358" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C358" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D358" s="10" t="s">
+        <v>30</v>
+      </c>
+      <c r="E358" s="10" t="s">
+        <v>45</v>
+      </c>
+      <c r="F358" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G358" s="10" t="n">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="359">
+      <c r="A359" s="10" t="s">
+        <v>49</v>
+      </c>
+      <c r="B359" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C359" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D359" s="10" t="s">
+        <v>31</v>
+      </c>
+      <c r="E359" s="10" t="s">
+        <v>45</v>
+      </c>
+      <c r="F359" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G359" s="10" t="n">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="360">
+      <c r="A360" s="10" t="s">
+        <v>49</v>
+      </c>
+      <c r="B360" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C360" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D360" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="E360" s="10" t="s">
+        <v>45</v>
+      </c>
+      <c r="F360" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G360" s="10" t="n">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="361">
+      <c r="A361" s="10" t="s">
+        <v>49</v>
+      </c>
+      <c r="B361" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C361" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D361" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="E361" s="10" t="s">
+        <v>45</v>
+      </c>
+      <c r="F361" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G361" s="10" t="n">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="362">
+      <c r="A362" s="10" t="s">
+        <v>49</v>
+      </c>
+      <c r="B362" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C362" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D362" s="10" t="s">
+        <v>34</v>
+      </c>
+      <c r="E362" s="10" t="s">
+        <v>45</v>
+      </c>
+      <c r="F362" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G362" s="10" t="n">
+        <v>174</v>
+      </c>
+    </row>
+    <row r="363">
+      <c r="A363" s="10" t="s">
+        <v>49</v>
+      </c>
+      <c r="B363" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C363" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D363" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="E363" s="10" t="s">
+        <v>45</v>
+      </c>
+      <c r="F363" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G363" s="10" t="n">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="364">
+      <c r="A364" s="10" t="s">
+        <v>49</v>
+      </c>
+      <c r="B364" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C364" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D364" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="E364" s="10" t="s">
+        <v>45</v>
+      </c>
+      <c r="F364" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G364" s="10" t="n">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="365">
+      <c r="A365" s="10" t="s">
+        <v>49</v>
+      </c>
+      <c r="B365" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C365" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D365" s="10" t="s">
+        <v>37</v>
+      </c>
+      <c r="E365" s="10" t="s">
+        <v>45</v>
+      </c>
+      <c r="F365" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G365" s="10" t="n">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="366">
+      <c r="A366" s="10" t="s">
+        <v>49</v>
+      </c>
+      <c r="B366" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C366" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D366" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="E366" s="10" t="s">
+        <v>45</v>
+      </c>
+      <c r="F366" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G366" s="10" t="n">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="367">
+      <c r="A367" s="10" t="s">
+        <v>49</v>
+      </c>
+      <c r="B367" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C367" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D367" s="10" t="s">
+        <v>39</v>
+      </c>
+      <c r="E367" s="10" t="s">
+        <v>45</v>
+      </c>
+      <c r="F367" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G367" s="10" t="n">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="368">
+      <c r="A368" s="10" t="s">
+        <v>49</v>
+      </c>
+      <c r="B368" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C368" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D368" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E368" s="10" t="s">
+        <v>46</v>
+      </c>
+      <c r="F368" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G368" s="10" t="n">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="369">
+      <c r="A369" s="10" t="s">
+        <v>49</v>
+      </c>
+      <c r="B369" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C369" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D369" s="10" t="s">
+        <v>29</v>
+      </c>
+      <c r="E369" s="10" t="s">
+        <v>46</v>
+      </c>
+      <c r="F369" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G369" s="10" t="n">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="370">
+      <c r="A370" s="10" t="s">
+        <v>49</v>
+      </c>
+      <c r="B370" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C370" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D370" s="10" t="s">
+        <v>30</v>
+      </c>
+      <c r="E370" s="10" t="s">
+        <v>46</v>
+      </c>
+      <c r="F370" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G370" s="10" t="n">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="371">
+      <c r="A371" s="10" t="s">
+        <v>49</v>
+      </c>
+      <c r="B371" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C371" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D371" s="10" t="s">
+        <v>31</v>
+      </c>
+      <c r="E371" s="10" t="s">
+        <v>46</v>
+      </c>
+      <c r="F371" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G371" s="10" t="n">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="372">
+      <c r="A372" s="10" t="s">
+        <v>49</v>
+      </c>
+      <c r="B372" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C372" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D372" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="E372" s="10" t="s">
+        <v>46</v>
+      </c>
+      <c r="F372" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G372" s="10" t="n">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="373">
+      <c r="A373" s="10" t="s">
+        <v>49</v>
+      </c>
+      <c r="B373" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C373" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D373" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="E373" s="10" t="s">
+        <v>46</v>
+      </c>
+      <c r="F373" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G373" s="10" t="n">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="374">
+      <c r="A374" s="10" t="s">
+        <v>49</v>
+      </c>
+      <c r="B374" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C374" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D374" s="10" t="s">
+        <v>34</v>
+      </c>
+      <c r="E374" s="10" t="s">
+        <v>46</v>
+      </c>
+      <c r="F374" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G374" s="10" t="n">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="375">
+      <c r="A375" s="10" t="s">
+        <v>49</v>
+      </c>
+      <c r="B375" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C375" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D375" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="E375" s="10" t="s">
+        <v>46</v>
+      </c>
+      <c r="F375" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G375" s="10" t="n">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="376">
+      <c r="A376" s="10" t="s">
+        <v>49</v>
+      </c>
+      <c r="B376" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C376" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D376" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="E376" s="10" t="s">
+        <v>46</v>
+      </c>
+      <c r="F376" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G376" s="10" t="n">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="377">
+      <c r="A377" s="10" t="s">
+        <v>50</v>
+      </c>
+      <c r="B377" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C377" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D377" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E377" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="F377" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G377" s="10" t="n">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="378">
+      <c r="A378" s="10" t="s">
+        <v>50</v>
+      </c>
+      <c r="B378" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C378" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D378" s="10" t="s">
+        <v>29</v>
+      </c>
+      <c r="E378" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="F378" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G378" s="10" t="n">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="379">
+      <c r="A379" s="10" t="s">
+        <v>50</v>
+      </c>
+      <c r="B379" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C379" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D379" s="10" t="s">
+        <v>30</v>
+      </c>
+      <c r="E379" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="F379" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G379" s="10" t="n">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="380">
+      <c r="A380" s="10" t="s">
+        <v>50</v>
+      </c>
+      <c r="B380" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C380" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D380" s="10" t="s">
+        <v>31</v>
+      </c>
+      <c r="E380" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="F380" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G380" s="10" t="n">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="381">
+      <c r="A381" s="10" t="s">
+        <v>50</v>
+      </c>
+      <c r="B381" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C381" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D381" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="E381" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="F381" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G381" s="10" t="n">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="382">
+      <c r="A382" s="10" t="s">
+        <v>50</v>
+      </c>
+      <c r="B382" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C382" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D382" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="E382" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="F382" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G382" s="10" t="n">
+        <v>193</v>
+      </c>
+    </row>
+    <row r="383">
+      <c r="A383" s="10" t="s">
+        <v>50</v>
+      </c>
+      <c r="B383" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C383" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D383" s="10" t="s">
+        <v>34</v>
+      </c>
+      <c r="E383" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="F383" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G383" s="10" t="n">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="384">
+      <c r="A384" s="10" t="s">
+        <v>50</v>
+      </c>
+      <c r="B384" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C384" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D384" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="E384" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="F384" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G384" s="10" t="n">
+        <v>193</v>
+      </c>
+    </row>
+    <row r="385">
+      <c r="A385" s="10" t="s">
+        <v>50</v>
+      </c>
+      <c r="B385" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C385" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D385" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="E385" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="F385" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G385" s="10" t="n">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="386">
+      <c r="A386" s="10" t="s">
+        <v>50</v>
+      </c>
+      <c r="B386" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C386" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D386" s="10" t="s">
+        <v>37</v>
+      </c>
+      <c r="E386" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="F386" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G386" s="10" t="n">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="387">
+      <c r="A387" s="10" t="s">
+        <v>50</v>
+      </c>
+      <c r="B387" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C387" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D387" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="E387" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="F387" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G387" s="10" t="n">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="388">
+      <c r="A388" s="10" t="s">
+        <v>50</v>
+      </c>
+      <c r="B388" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C388" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D388" s="10" t="s">
+        <v>39</v>
+      </c>
+      <c r="E388" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="F388" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G388" s="10" t="n">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="389">
+      <c r="A389" s="10" t="s">
+        <v>50</v>
+      </c>
+      <c r="B389" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C389" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D389" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E389" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="F389" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G389" s="10" t="n">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="390">
+      <c r="A390" s="10" t="s">
+        <v>50</v>
+      </c>
+      <c r="B390" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C390" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D390" s="10" t="s">
+        <v>29</v>
+      </c>
+      <c r="E390" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="F390" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G390" s="10" t="n">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="391">
+      <c r="A391" s="10" t="s">
+        <v>50</v>
+      </c>
+      <c r="B391" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C391" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D391" s="10" t="s">
+        <v>30</v>
+      </c>
+      <c r="E391" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="F391" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G391" s="10" t="n">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="392">
+      <c r="A392" s="10" t="s">
+        <v>50</v>
+      </c>
+      <c r="B392" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C392" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D392" s="10" t="s">
+        <v>31</v>
+      </c>
+      <c r="E392" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="F392" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G392" s="10" t="n">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="393">
+      <c r="A393" s="10" t="s">
+        <v>50</v>
+      </c>
+      <c r="B393" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C393" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D393" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="E393" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="F393" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G393" s="10" t="n">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="394">
+      <c r="A394" s="10" t="s">
+        <v>50</v>
+      </c>
+      <c r="B394" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C394" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D394" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="E394" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="F394" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G394" s="10" t="n">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="395">
+      <c r="A395" s="10" t="s">
+        <v>50</v>
+      </c>
+      <c r="B395" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C395" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D395" s="10" t="s">
+        <v>34</v>
+      </c>
+      <c r="E395" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="F395" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G395" s="10" t="n">
+        <v>202</v>
+      </c>
+    </row>
+    <row r="396">
+      <c r="A396" s="10" t="s">
+        <v>50</v>
+      </c>
+      <c r="B396" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C396" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D396" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="E396" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="F396" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G396" s="10" t="n">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="397">
+      <c r="A397" s="10" t="s">
+        <v>50</v>
+      </c>
+      <c r="B397" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C397" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D397" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="E397" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="F397" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G397" s="10" t="n">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="398">
+      <c r="A398" s="10" t="s">
+        <v>50</v>
+      </c>
+      <c r="B398" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C398" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D398" s="10" t="s">
+        <v>37</v>
+      </c>
+      <c r="E398" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="F398" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G398" s="10" t="n">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="399">
+      <c r="A399" s="10" t="s">
+        <v>50</v>
+      </c>
+      <c r="B399" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C399" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D399" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="E399" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="F399" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G399" s="10" t="n">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="400">
+      <c r="A400" s="10" t="s">
+        <v>50</v>
+      </c>
+      <c r="B400" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C400" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D400" s="10" t="s">
+        <v>39</v>
+      </c>
+      <c r="E400" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="F400" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G400" s="10" t="n">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="401">
+      <c r="A401" s="10" t="s">
+        <v>50</v>
+      </c>
+      <c r="B401" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C401" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D401" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E401" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="F401" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G401" s="10" t="n">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="402">
+      <c r="A402" s="10" t="s">
+        <v>50</v>
+      </c>
+      <c r="B402" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C402" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D402" s="10" t="s">
+        <v>29</v>
+      </c>
+      <c r="E402" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="F402" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G402" s="10" t="n">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="403">
+      <c r="A403" s="10" t="s">
+        <v>50</v>
+      </c>
+      <c r="B403" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C403" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D403" s="10" t="s">
+        <v>30</v>
+      </c>
+      <c r="E403" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="F403" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G403" s="10" t="n">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="404">
+      <c r="A404" s="10" t="s">
+        <v>50</v>
+      </c>
+      <c r="B404" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C404" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D404" s="10" t="s">
+        <v>31</v>
+      </c>
+      <c r="E404" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="F404" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G404" s="10" t="n">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="405">
+      <c r="A405" s="10" t="s">
+        <v>50</v>
+      </c>
+      <c r="B405" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C405" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D405" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="E405" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="F405" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G405" s="10" t="n">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="406">
+      <c r="A406" s="10" t="s">
+        <v>50</v>
+      </c>
+      <c r="B406" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C406" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D406" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="E406" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="F406" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G406" s="10" t="n">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="407">
+      <c r="A407" s="10" t="s">
+        <v>50</v>
+      </c>
+      <c r="B407" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C407" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D407" s="10" t="s">
+        <v>34</v>
+      </c>
+      <c r="E407" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="F407" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G407" s="10" t="n">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="408">
+      <c r="A408" s="10" t="s">
+        <v>50</v>
+      </c>
+      <c r="B408" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C408" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D408" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="E408" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="F408" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G408" s="10" t="n">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="409">
+      <c r="A409" s="10" t="s">
+        <v>50</v>
+      </c>
+      <c r="B409" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C409" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D409" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="E409" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="F409" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G409" s="10" t="n">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="410">
+      <c r="A410" s="10" t="s">
+        <v>50</v>
+      </c>
+      <c r="B410" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C410" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D410" s="10" t="s">
+        <v>37</v>
+      </c>
+      <c r="E410" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="F410" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G410" s="10" t="n">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="411">
+      <c r="A411" s="10" t="s">
+        <v>50</v>
+      </c>
+      <c r="B411" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C411" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D411" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="E411" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="F411" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G411" s="10" t="n">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="412">
+      <c r="A412" s="10" t="s">
+        <v>50</v>
+      </c>
+      <c r="B412" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C412" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D412" s="10" t="s">
+        <v>39</v>
+      </c>
+      <c r="E412" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="F412" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G412" s="10" t="n">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="413">
+      <c r="A413" s="10" t="s">
+        <v>50</v>
+      </c>
+      <c r="B413" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C413" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D413" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E413" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="F413" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G413" s="10" t="n">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="414">
+      <c r="A414" s="10" t="s">
+        <v>50</v>
+      </c>
+      <c r="B414" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C414" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D414" s="10" t="s">
+        <v>29</v>
+      </c>
+      <c r="E414" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="F414" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G414" s="10" t="n">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="415">
+      <c r="A415" s="10" t="s">
+        <v>50</v>
+      </c>
+      <c r="B415" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C415" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D415" s="10" t="s">
+        <v>30</v>
+      </c>
+      <c r="E415" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="F415" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G415" s="10" t="n">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="416">
+      <c r="A416" s="10" t="s">
+        <v>50</v>
+      </c>
+      <c r="B416" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C416" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D416" s="10" t="s">
+        <v>31</v>
+      </c>
+      <c r="E416" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="F416" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G416" s="10" t="n">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="417">
+      <c r="A417" s="10" t="s">
+        <v>50</v>
+      </c>
+      <c r="B417" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C417" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D417" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="E417" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="F417" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G417" s="10" t="n">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="418">
+      <c r="A418" s="10" t="s">
+        <v>50</v>
+      </c>
+      <c r="B418" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C418" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D418" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="E418" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="F418" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G418" s="10" t="n">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="419">
+      <c r="A419" s="10" t="s">
+        <v>50</v>
+      </c>
+      <c r="B419" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C419" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D419" s="10" t="s">
+        <v>34</v>
+      </c>
+      <c r="E419" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="F419" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G419" s="10" t="n">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="420">
+      <c r="A420" s="10" t="s">
+        <v>50</v>
+      </c>
+      <c r="B420" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C420" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D420" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="E420" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="F420" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G420" s="10" t="n">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="421">
+      <c r="A421" s="10" t="s">
+        <v>50</v>
+      </c>
+      <c r="B421" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C421" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D421" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="E421" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="F421" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G421" s="10" t="n">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="422">
+      <c r="A422" s="10" t="s">
+        <v>50</v>
+      </c>
+      <c r="B422" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C422" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D422" s="10" t="s">
+        <v>37</v>
+      </c>
+      <c r="E422" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="F422" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G422" s="10" t="n">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="423">
+      <c r="A423" s="10" t="s">
+        <v>50</v>
+      </c>
+      <c r="B423" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C423" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D423" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="E423" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="F423" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G423" s="10" t="n">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="424">
+      <c r="A424" s="10" t="s">
+        <v>50</v>
+      </c>
+      <c r="B424" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C424" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D424" s="10" t="s">
+        <v>39</v>
+      </c>
+      <c r="E424" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="F424" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G424" s="10" t="n">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="425">
+      <c r="A425" s="10" t="s">
+        <v>50</v>
+      </c>
+      <c r="B425" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C425" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D425" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E425" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="F425" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G425" s="10" t="n">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="426">
+      <c r="A426" s="10" t="s">
+        <v>50</v>
+      </c>
+      <c r="B426" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C426" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D426" s="10" t="s">
+        <v>29</v>
+      </c>
+      <c r="E426" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="F426" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G426" s="10" t="n">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="427">
+      <c r="A427" s="10" t="s">
+        <v>50</v>
+      </c>
+      <c r="B427" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C427" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D427" s="10" t="s">
+        <v>30</v>
+      </c>
+      <c r="E427" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="F427" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G427" s="10" t="n">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="428">
+      <c r="A428" s="10" t="s">
+        <v>50</v>
+      </c>
+      <c r="B428" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C428" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D428" s="10" t="s">
+        <v>31</v>
+      </c>
+      <c r="E428" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="F428" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G428" s="10" t="n">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="429">
+      <c r="A429" s="10" t="s">
+        <v>50</v>
+      </c>
+      <c r="B429" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C429" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D429" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="E429" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="F429" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G429" s="10" t="n">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="430">
+      <c r="A430" s="10" t="s">
+        <v>50</v>
+      </c>
+      <c r="B430" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C430" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D430" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="E430" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="F430" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G430" s="10" t="n">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="431">
+      <c r="A431" s="10" t="s">
+        <v>50</v>
+      </c>
+      <c r="B431" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C431" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D431" s="10" t="s">
+        <v>34</v>
+      </c>
+      <c r="E431" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="F431" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G431" s="10" t="n">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="432">
+      <c r="A432" s="10" t="s">
+        <v>50</v>
+      </c>
+      <c r="B432" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C432" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D432" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="E432" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="F432" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G432" s="10" t="n">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="433">
+      <c r="A433" s="10" t="s">
+        <v>50</v>
+      </c>
+      <c r="B433" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C433" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D433" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="E433" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="F433" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G433" s="10" t="n">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="434">
+      <c r="A434" s="10" t="s">
+        <v>50</v>
+      </c>
+      <c r="B434" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C434" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D434" s="10" t="s">
+        <v>37</v>
+      </c>
+      <c r="E434" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="F434" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G434" s="10" t="n">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="435">
+      <c r="A435" s="10" t="s">
+        <v>50</v>
+      </c>
+      <c r="B435" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C435" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D435" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="E435" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="F435" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G435" s="10" t="n">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="436">
+      <c r="A436" s="10" t="s">
+        <v>50</v>
+      </c>
+      <c r="B436" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C436" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D436" s="10" t="s">
+        <v>39</v>
+      </c>
+      <c r="E436" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="F436" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G436" s="10" t="n">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="437">
+      <c r="A437" s="10" t="s">
+        <v>50</v>
+      </c>
+      <c r="B437" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C437" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D437" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E437" s="10" t="s">
+        <v>44</v>
+      </c>
+      <c r="F437" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G437" s="10" t="n">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="438">
+      <c r="A438" s="10" t="s">
+        <v>50</v>
+      </c>
+      <c r="B438" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C438" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D438" s="10" t="s">
+        <v>29</v>
+      </c>
+      <c r="E438" s="10" t="s">
+        <v>44</v>
+      </c>
+      <c r="F438" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G438" s="10" t="n">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="439">
+      <c r="A439" s="10" t="s">
+        <v>50</v>
+      </c>
+      <c r="B439" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C439" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D439" s="10" t="s">
+        <v>30</v>
+      </c>
+      <c r="E439" s="10" t="s">
+        <v>44</v>
+      </c>
+      <c r="F439" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G439" s="10" t="n">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="440">
+      <c r="A440" s="10" t="s">
+        <v>50</v>
+      </c>
+      <c r="B440" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C440" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D440" s="10" t="s">
+        <v>31</v>
+      </c>
+      <c r="E440" s="10" t="s">
+        <v>44</v>
+      </c>
+      <c r="F440" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G440" s="10" t="n">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="441">
+      <c r="A441" s="10" t="s">
+        <v>50</v>
+      </c>
+      <c r="B441" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C441" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D441" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="E441" s="10" t="s">
+        <v>44</v>
+      </c>
+      <c r="F441" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G441" s="10" t="n">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="442">
+      <c r="A442" s="10" t="s">
+        <v>50</v>
+      </c>
+      <c r="B442" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C442" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D442" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="E442" s="10" t="s">
+        <v>44</v>
+      </c>
+      <c r="F442" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G442" s="10" t="n">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="443">
+      <c r="A443" s="10" t="s">
+        <v>50</v>
+      </c>
+      <c r="B443" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C443" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D443" s="10" t="s">
+        <v>34</v>
+      </c>
+      <c r="E443" s="10" t="s">
+        <v>44</v>
+      </c>
+      <c r="F443" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G443" s="10" t="n">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="444">
+      <c r="A444" s="10" t="s">
+        <v>50</v>
+      </c>
+      <c r="B444" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C444" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D444" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="E444" s="10" t="s">
+        <v>44</v>
+      </c>
+      <c r="F444" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G444" s="10" t="n">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="445">
+      <c r="A445" s="10" t="s">
+        <v>50</v>
+      </c>
+      <c r="B445" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C445" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D445" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="E445" s="10" t="s">
+        <v>44</v>
+      </c>
+      <c r="F445" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G445" s="10" t="n">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="446">
+      <c r="A446" s="10" t="s">
+        <v>50</v>
+      </c>
+      <c r="B446" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C446" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D446" s="10" t="s">
+        <v>37</v>
+      </c>
+      <c r="E446" s="10" t="s">
+        <v>44</v>
+      </c>
+      <c r="F446" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G446" s="10" t="n">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="447">
+      <c r="A447" s="10" t="s">
+        <v>50</v>
+      </c>
+      <c r="B447" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C447" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D447" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="E447" s="10" t="s">
+        <v>44</v>
+      </c>
+      <c r="F447" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G447" s="10" t="n">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="448">
+      <c r="A448" s="10" t="s">
+        <v>50</v>
+      </c>
+      <c r="B448" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C448" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D448" s="10" t="s">
+        <v>39</v>
+      </c>
+      <c r="E448" s="10" t="s">
+        <v>44</v>
+      </c>
+      <c r="F448" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G448" s="10" t="n">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="449">
+      <c r="A449" s="10" t="s">
+        <v>50</v>
+      </c>
+      <c r="B449" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C449" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D449" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E449" s="10" t="s">
+        <v>45</v>
+      </c>
+      <c r="F449" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G449" s="10" t="n">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="450">
+      <c r="A450" s="10" t="s">
+        <v>50</v>
+      </c>
+      <c r="B450" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C450" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D450" s="10" t="s">
+        <v>29</v>
+      </c>
+      <c r="E450" s="10" t="s">
+        <v>45</v>
+      </c>
+      <c r="F450" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G450" s="10" t="n">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="451">
+      <c r="A451" s="10" t="s">
+        <v>50</v>
+      </c>
+      <c r="B451" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C451" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D451" s="10" t="s">
+        <v>30</v>
+      </c>
+      <c r="E451" s="10" t="s">
+        <v>45</v>
+      </c>
+      <c r="F451" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G451" s="10" t="n">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="452">
+      <c r="A452" s="10" t="s">
+        <v>50</v>
+      </c>
+      <c r="B452" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C452" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D452" s="10" t="s">
+        <v>31</v>
+      </c>
+      <c r="E452" s="10" t="s">
+        <v>45</v>
+      </c>
+      <c r="F452" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G452" s="10" t="n">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="453">
+      <c r="A453" s="10" t="s">
+        <v>50</v>
+      </c>
+      <c r="B453" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C453" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D453" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="E453" s="10" t="s">
+        <v>45</v>
+      </c>
+      <c r="F453" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G453" s="10" t="n">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="454">
+      <c r="A454" s="10" t="s">
+        <v>50</v>
+      </c>
+      <c r="B454" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C454" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D454" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="E454" s="10" t="s">
+        <v>45</v>
+      </c>
+      <c r="F454" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G454" s="10" t="n">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="455">
+      <c r="A455" s="10" t="s">
+        <v>50</v>
+      </c>
+      <c r="B455" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C455" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D455" s="10" t="s">
+        <v>34</v>
+      </c>
+      <c r="E455" s="10" t="s">
+        <v>45</v>
+      </c>
+      <c r="F455" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G455" s="10" t="n">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="456">
+      <c r="A456" s="10" t="s">
+        <v>50</v>
+      </c>
+      <c r="B456" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C456" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D456" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="E456" s="10" t="s">
+        <v>45</v>
+      </c>
+      <c r="F456" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G456" s="10" t="n">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="457">
+      <c r="A457" s="10" t="s">
+        <v>50</v>
+      </c>
+      <c r="B457" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C457" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D457" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="E457" s="10" t="s">
+        <v>45</v>
+      </c>
+      <c r="F457" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G457" s="10" t="n">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="458">
+      <c r="A458" s="10" t="s">
+        <v>50</v>
+      </c>
+      <c r="B458" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C458" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D458" s="10" t="s">
+        <v>37</v>
+      </c>
+      <c r="E458" s="10" t="s">
+        <v>45</v>
+      </c>
+      <c r="F458" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G458" s="10" t="n">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="459">
+      <c r="A459" s="10" t="s">
+        <v>50</v>
+      </c>
+      <c r="B459" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C459" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D459" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="E459" s="10" t="s">
+        <v>45</v>
+      </c>
+      <c r="F459" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G459" s="10" t="n">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="460">
+      <c r="A460" s="10" t="s">
+        <v>50</v>
+      </c>
+      <c r="B460" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C460" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D460" s="10" t="s">
+        <v>39</v>
+      </c>
+      <c r="E460" s="10" t="s">
+        <v>45</v>
+      </c>
+      <c r="F460" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G460" s="10" t="n">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="461">
+      <c r="A461" s="10" t="s">
+        <v>50</v>
+      </c>
+      <c r="B461" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C461" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D461" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E461" s="10" t="s">
+        <v>46</v>
+      </c>
+      <c r="F461" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G461" s="10" t="n">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="462">
+      <c r="A462" s="10" t="s">
+        <v>50</v>
+      </c>
+      <c r="B462" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C462" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D462" s="10" t="s">
+        <v>29</v>
+      </c>
+      <c r="E462" s="10" t="s">
+        <v>46</v>
+      </c>
+      <c r="F462" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G462" s="10" t="n">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="463">
+      <c r="A463" s="10" t="s">
+        <v>50</v>
+      </c>
+      <c r="B463" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C463" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D463" s="10" t="s">
+        <v>30</v>
+      </c>
+      <c r="E463" s="10" t="s">
+        <v>46</v>
+      </c>
+      <c r="F463" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G463" s="10" t="n">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="464">
+      <c r="A464" s="10" t="s">
+        <v>50</v>
+      </c>
+      <c r="B464" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C464" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D464" s="10" t="s">
+        <v>31</v>
+      </c>
+      <c r="E464" s="10" t="s">
+        <v>46</v>
+      </c>
+      <c r="F464" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G464" s="10" t="n">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="465">
+      <c r="A465" s="10" t="s">
+        <v>50</v>
+      </c>
+      <c r="B465" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C465" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D465" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="E465" s="10" t="s">
+        <v>46</v>
+      </c>
+      <c r="F465" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G465" s="10" t="n">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="466">
+      <c r="A466" s="10" t="s">
+        <v>50</v>
+      </c>
+      <c r="B466" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C466" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D466" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="E466" s="10" t="s">
+        <v>46</v>
+      </c>
+      <c r="F466" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G466" s="10" t="n">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="467">
+      <c r="A467" s="10" t="s">
+        <v>50</v>
+      </c>
+      <c r="B467" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C467" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D467" s="10" t="s">
+        <v>34</v>
+      </c>
+      <c r="E467" s="10" t="s">
+        <v>46</v>
+      </c>
+      <c r="F467" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G467" s="10" t="n">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="468">
+      <c r="A468" s="10" t="s">
+        <v>50</v>
+      </c>
+      <c r="B468" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C468" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D468" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="E468" s="10" t="s">
+        <v>46</v>
+      </c>
+      <c r="F468" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G468" s="10" t="n">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="469">
+      <c r="A469" s="10" t="s">
+        <v>50</v>
+      </c>
+      <c r="B469" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C469" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D469" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="E469" s="10" t="s">
+        <v>46</v>
+      </c>
+      <c r="F469" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G469" s="10" t="n">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="470">
+      <c r="A470" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="B470" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C470" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D470" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E470" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="F470" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G470" s="10" t="n">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="471">
+      <c r="A471" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="B471" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C471" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D471" s="10" t="s">
+        <v>29</v>
+      </c>
+      <c r="E471" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="F471" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G471" s="10" t="n">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="472">
+      <c r="A472" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="B472" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C472" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D472" s="10" t="s">
+        <v>30</v>
+      </c>
+      <c r="E472" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="F472" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G472" s="10" t="n">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="473">
+      <c r="A473" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="B473" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C473" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D473" s="10" t="s">
+        <v>31</v>
+      </c>
+      <c r="E473" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="F473" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G473" s="10" t="n">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="474">
+      <c r="A474" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="B474" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C474" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D474" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="E474" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="F474" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G474" s="10" t="n">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="475">
+      <c r="A475" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="B475" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C475" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D475" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="E475" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="F475" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G475" s="10" t="n">
         <v>13</v>
       </c>
-      <c r="B2" s="3"/>
-[...7 lines deleted...]
-      <c r="A4" s="9" t="s">
+    </row>
+    <row r="476">
+      <c r="A476" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="B476" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C476" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D476" s="10" t="s">
+        <v>34</v>
+      </c>
+      <c r="E476" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="F476" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G476" s="10" t="n">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="477">
+      <c r="A477" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="B477" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C477" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D477" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="E477" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="F477" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G477" s="10" t="n">
         <v>14</v>
       </c>
-      <c r="B4" s="9" t="s">
+    </row>
+    <row r="478">
+      <c r="A478" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="B478" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C478" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D478" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="E478" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="F478" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G478" s="10" t="n">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="479">
+      <c r="A479" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="B479" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C479" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D479" s="10" t="s">
+        <v>37</v>
+      </c>
+      <c r="E479" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="F479" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G479" s="10" t="n">
         <v>15</v>
       </c>
-      <c r="C4" s="9" t="s">
+    </row>
+    <row r="480">
+      <c r="A480" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="B480" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C480" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D480" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="E480" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="F480" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G480" s="10" t="n">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="481">
+      <c r="A481" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="B481" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C481" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D481" s="10" t="s">
+        <v>39</v>
+      </c>
+      <c r="E481" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="F481" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G481" s="10" t="n">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="482">
+      <c r="A482" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="B482" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C482" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D482" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E482" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="F482" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G482" s="10" t="n">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="483">
+      <c r="A483" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="B483" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C483" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D483" s="10" t="s">
+        <v>29</v>
+      </c>
+      <c r="E483" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="F483" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G483" s="10" t="n">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="484">
+      <c r="A484" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="B484" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C484" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D484" s="10" t="s">
+        <v>30</v>
+      </c>
+      <c r="E484" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="F484" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G484" s="10" t="n">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="485">
+      <c r="A485" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="B485" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C485" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D485" s="10" t="s">
+        <v>31</v>
+      </c>
+      <c r="E485" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="F485" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G485" s="10" t="n">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="486">
+      <c r="A486" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="B486" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C486" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D486" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="E486" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="F486" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G486" s="10" t="n">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="487">
+      <c r="A487" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="B487" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C487" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D487" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="E487" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="F487" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G487" s="10" t="n">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="488">
+      <c r="A488" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="B488" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C488" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D488" s="10" t="s">
+        <v>34</v>
+      </c>
+      <c r="E488" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="F488" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G488" s="10" t="n">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="489">
+      <c r="A489" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="B489" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C489" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D489" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="E489" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="F489" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G489" s="10" t="n">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="490">
+      <c r="A490" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="B490" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C490" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D490" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="E490" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="F490" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G490" s="10" t="n">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="491">
+      <c r="A491" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="B491" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C491" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D491" s="10" t="s">
+        <v>37</v>
+      </c>
+      <c r="E491" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="F491" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G491" s="10" t="n">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="492">
+      <c r="A492" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="B492" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C492" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D492" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="E492" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="F492" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G492" s="10" t="n">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="493">
+      <c r="A493" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="B493" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C493" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D493" s="10" t="s">
+        <v>39</v>
+      </c>
+      <c r="E493" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="F493" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G493" s="10" t="n">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="494">
+      <c r="A494" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="B494" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C494" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D494" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E494" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="F494" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G494" s="10" t="n">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="495">
+      <c r="A495" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="B495" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C495" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D495" s="10" t="s">
+        <v>29</v>
+      </c>
+      <c r="E495" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="F495" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G495" s="10" t="n">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="496">
+      <c r="A496" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="B496" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C496" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D496" s="10" t="s">
+        <v>30</v>
+      </c>
+      <c r="E496" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="F496" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G496" s="10" t="n">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="497">
+      <c r="A497" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="B497" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C497" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D497" s="10" t="s">
+        <v>31</v>
+      </c>
+      <c r="E497" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="F497" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G497" s="10" t="n">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="498">
+      <c r="A498" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="B498" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C498" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D498" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="E498" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="F498" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G498" s="10" t="n">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="499">
+      <c r="A499" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="B499" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C499" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D499" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="E499" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="F499" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G499" s="10" t="n">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="500">
+      <c r="A500" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="B500" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C500" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D500" s="10" t="s">
+        <v>34</v>
+      </c>
+      <c r="E500" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="F500" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G500" s="10" t="n">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="501">
+      <c r="A501" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="B501" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C501" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D501" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="E501" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="F501" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G501" s="10" t="n">
         <v>16</v>
       </c>
-      <c r="D4" s="9" t="s">
+    </row>
+    <row r="502">
+      <c r="A502" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="B502" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C502" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D502" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="E502" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="F502" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G502" s="10" t="n">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="503">
+      <c r="A503" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="B503" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C503" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D503" s="10" t="s">
+        <v>37</v>
+      </c>
+      <c r="E503" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="F503" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G503" s="10" t="n">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="504">
+      <c r="A504" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="B504" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C504" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D504" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="E504" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="F504" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G504" s="10" t="n">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="505">
+      <c r="A505" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="B505" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C505" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D505" s="10" t="s">
+        <v>39</v>
+      </c>
+      <c r="E505" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="F505" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G505" s="10" t="n">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="506">
+      <c r="A506" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="B506" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C506" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D506" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E506" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="F506" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G506" s="10" t="n">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="507">
+      <c r="A507" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="B507" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C507" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D507" s="10" t="s">
+        <v>29</v>
+      </c>
+      <c r="E507" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="F507" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G507" s="10" t="n">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="508">
+      <c r="A508" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="B508" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C508" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D508" s="10" t="s">
+        <v>30</v>
+      </c>
+      <c r="E508" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="F508" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G508" s="10" t="n">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="509">
+      <c r="A509" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="B509" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C509" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D509" s="10" t="s">
+        <v>31</v>
+      </c>
+      <c r="E509" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="F509" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G509" s="10" t="n">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="510">
+      <c r="A510" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="B510" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C510" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D510" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="E510" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="F510" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G510" s="10" t="n">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="511">
+      <c r="A511" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="B511" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C511" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D511" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="E511" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="F511" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G511" s="10" t="n">
         <v>17</v>
       </c>
-      <c r="E4" s="9" t="s">
+    </row>
+    <row r="512">
+      <c r="A512" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="B512" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C512" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D512" s="10" t="s">
+        <v>34</v>
+      </c>
+      <c r="E512" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="F512" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G512" s="10" t="n">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="513">
+      <c r="A513" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="B513" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C513" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D513" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="E513" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="F513" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G513" s="10" t="n">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="514">
+      <c r="A514" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="B514" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C514" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D514" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="E514" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="F514" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G514" s="10" t="n">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="515">
+      <c r="A515" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="B515" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C515" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D515" s="10" t="s">
+        <v>37</v>
+      </c>
+      <c r="E515" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="F515" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G515" s="10" t="n">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="516">
+      <c r="A516" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="B516" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C516" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D516" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="E516" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="F516" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G516" s="10" t="n">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="517">
+      <c r="A517" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="B517" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C517" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D517" s="10" t="s">
+        <v>39</v>
+      </c>
+      <c r="E517" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="F517" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G517" s="10" t="n">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="518">
+      <c r="A518" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="B518" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C518" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D518" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E518" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="F518" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G518" s="10" t="n">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="519">
+      <c r="A519" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="B519" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C519" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D519" s="10" t="s">
+        <v>29</v>
+      </c>
+      <c r="E519" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="F519" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G519" s="10" t="n">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="520">
+      <c r="A520" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="B520" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C520" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D520" s="10" t="s">
+        <v>30</v>
+      </c>
+      <c r="E520" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="F520" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G520" s="10" t="n">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="521">
+      <c r="A521" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="B521" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C521" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D521" s="10" t="s">
+        <v>31</v>
+      </c>
+      <c r="E521" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="F521" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G521" s="10" t="n">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="522">
+      <c r="A522" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="B522" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C522" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D522" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="E522" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="F522" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G522" s="10" t="n">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="523">
+      <c r="A523" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="B523" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C523" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D523" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="E523" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="F523" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G523" s="10" t="n">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="524">
+      <c r="A524" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="B524" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C524" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D524" s="10" t="s">
+        <v>34</v>
+      </c>
+      <c r="E524" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="F524" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G524" s="10" t="n">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="525">
+      <c r="A525" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="B525" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C525" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D525" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="E525" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="F525" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G525" s="10" t="n">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="526">
+      <c r="A526" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="B526" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C526" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D526" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="E526" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="F526" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G526" s="10" t="n">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="527">
+      <c r="A527" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="B527" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C527" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D527" s="10" t="s">
+        <v>37</v>
+      </c>
+      <c r="E527" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="F527" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G527" s="10" t="n">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="528">
+      <c r="A528" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="B528" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C528" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D528" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="E528" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="F528" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G528" s="10" t="n">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="529">
+      <c r="A529" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="B529" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C529" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D529" s="10" t="s">
+        <v>39</v>
+      </c>
+      <c r="E529" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="F529" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G529" s="10" t="n">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="530">
+      <c r="A530" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="B530" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C530" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D530" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E530" s="10" t="s">
+        <v>44</v>
+      </c>
+      <c r="F530" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G530" s="10" t="n">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="531">
+      <c r="A531" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="B531" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C531" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D531" s="10" t="s">
+        <v>29</v>
+      </c>
+      <c r="E531" s="10" t="s">
+        <v>44</v>
+      </c>
+      <c r="F531" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G531" s="10" t="n">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="532">
+      <c r="A532" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="B532" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C532" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D532" s="10" t="s">
+        <v>30</v>
+      </c>
+      <c r="E532" s="10" t="s">
+        <v>44</v>
+      </c>
+      <c r="F532" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G532" s="10" t="n">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="533">
+      <c r="A533" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="B533" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C533" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D533" s="10" t="s">
+        <v>31</v>
+      </c>
+      <c r="E533" s="10" t="s">
+        <v>44</v>
+      </c>
+      <c r="F533" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G533" s="10" t="n">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="534">
+      <c r="A534" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="B534" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C534" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D534" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="E534" s="10" t="s">
+        <v>44</v>
+      </c>
+      <c r="F534" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G534" s="10" t="n">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="535">
+      <c r="A535" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="B535" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C535" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D535" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="E535" s="10" t="s">
+        <v>44</v>
+      </c>
+      <c r="F535" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G535" s="10" t="n">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="536">
+      <c r="A536" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="B536" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C536" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D536" s="10" t="s">
+        <v>34</v>
+      </c>
+      <c r="E536" s="10" t="s">
+        <v>44</v>
+      </c>
+      <c r="F536" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G536" s="10" t="n">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="537">
+      <c r="A537" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="B537" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C537" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D537" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="E537" s="10" t="s">
+        <v>44</v>
+      </c>
+      <c r="F537" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G537" s="10" t="n">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="538">
+      <c r="A538" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="B538" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C538" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D538" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="E538" s="10" t="s">
+        <v>44</v>
+      </c>
+      <c r="F538" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G538" s="10" t="n">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="539">
+      <c r="A539" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="B539" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C539" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D539" s="10" t="s">
+        <v>37</v>
+      </c>
+      <c r="E539" s="10" t="s">
+        <v>44</v>
+      </c>
+      <c r="F539" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G539" s="10" t="n">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="540">
+      <c r="A540" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="B540" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C540" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D540" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="E540" s="10" t="s">
+        <v>44</v>
+      </c>
+      <c r="F540" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G540" s="10" t="n">
         <v>18</v>
       </c>
-      <c r="F4" s="9" t="s">
-[...7 lines deleted...]
-      <c r="A5" t="s">
+    </row>
+    <row r="541">
+      <c r="A541" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="B541" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C541" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D541" s="10" t="s">
+        <v>39</v>
+      </c>
+      <c r="E541" s="10" t="s">
+        <v>44</v>
+      </c>
+      <c r="F541" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G541" s="10" t="n">
         <v>21</v>
       </c>
-      <c r="B5" t="s">
-[...19 lines deleted...]
-      <c r="A6" t="s">
+    </row>
+    <row r="542">
+      <c r="A542" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="B542" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C542" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D542" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E542" s="10" t="s">
+        <v>45</v>
+      </c>
+      <c r="F542" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G542" s="10" t="n">
         <v>21</v>
       </c>
-      <c r="B6" t="s">
-[...28 lines deleted...]
-      <c r="D7" t="s">
+    </row>
+    <row r="543">
+      <c r="A543" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="B543" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C543" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D543" s="10" t="s">
+        <v>29</v>
+      </c>
+      <c r="E543" s="10" t="s">
+        <v>45</v>
+      </c>
+      <c r="F543" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G543" s="10" t="n">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="544">
+      <c r="A544" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="B544" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C544" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D544" s="10" t="s">
+        <v>30</v>
+      </c>
+      <c r="E544" s="10" t="s">
+        <v>45</v>
+      </c>
+      <c r="F544" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G544" s="10" t="n">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="545">
+      <c r="A545" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="B545" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C545" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D545" s="10" t="s">
+        <v>31</v>
+      </c>
+      <c r="E545" s="10" t="s">
+        <v>45</v>
+      </c>
+      <c r="F545" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G545" s="10" t="n">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="546">
+      <c r="A546" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="B546" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C546" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D546" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="E546" s="10" t="s">
+        <v>45</v>
+      </c>
+      <c r="F546" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G546" s="10" t="n">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="547">
+      <c r="A547" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="B547" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C547" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D547" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="E547" s="10" t="s">
+        <v>45</v>
+      </c>
+      <c r="F547" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G547" s="10" t="n">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="548">
+      <c r="A548" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="B548" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C548" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D548" s="10" t="s">
+        <v>34</v>
+      </c>
+      <c r="E548" s="10" t="s">
+        <v>45</v>
+      </c>
+      <c r="F548" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G548" s="10" t="n">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="549">
+      <c r="A549" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="B549" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C549" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D549" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="E549" s="10" t="s">
+        <v>45</v>
+      </c>
+      <c r="F549" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G549" s="10" t="n">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="550">
+      <c r="A550" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="B550" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C550" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D550" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="E550" s="10" t="s">
+        <v>45</v>
+      </c>
+      <c r="F550" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G550" s="10" t="n">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="551">
+      <c r="A551" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="B551" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C551" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D551" s="10" t="s">
+        <v>37</v>
+      </c>
+      <c r="E551" s="10" t="s">
+        <v>45</v>
+      </c>
+      <c r="F551" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G551" s="10" t="n">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="552">
+      <c r="A552" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="B552" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C552" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D552" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="E552" s="10" t="s">
+        <v>45</v>
+      </c>
+      <c r="F552" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G552" s="10" t="n">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="553">
+      <c r="A553" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="B553" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C553" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D553" s="10" t="s">
+        <v>39</v>
+      </c>
+      <c r="E553" s="10" t="s">
+        <v>45</v>
+      </c>
+      <c r="F553" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G553" s="10" t="n">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="554">
+      <c r="A554" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="B554" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C554" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D554" s="10" t="s">
         <v>26</v>
       </c>
-      <c r="E7" s="20">
-[...65 lines deleted...]
-      <c r="D10" t="s">
+      <c r="E554" s="10" t="s">
+        <v>46</v>
+      </c>
+      <c r="F554" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G554" s="10" t="n">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="555">
+      <c r="A555" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="B555" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C555" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D555" s="10" t="s">
         <v>29</v>
       </c>
-      <c r="E10" s="20">
-[...19 lines deleted...]
-      <c r="D11" t="s">
+      <c r="E555" s="10" t="s">
+        <v>46</v>
+      </c>
+      <c r="F555" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G555" s="10" t="n">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="556">
+      <c r="A556" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="B556" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C556" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D556" s="10" t="s">
         <v>30</v>
       </c>
-      <c r="E11" s="20">
-[...19 lines deleted...]
-      <c r="D12" t="s">
+      <c r="E556" s="10" t="s">
+        <v>46</v>
+      </c>
+      <c r="F556" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G556" s="10" t="n">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="557">
+      <c r="A557" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="B557" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C557" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D557" s="10" t="s">
         <v>31</v>
       </c>
-      <c r="E12" s="20">
-[...19 lines deleted...]
-      <c r="D13" t="s">
+      <c r="E557" s="10" t="s">
+        <v>46</v>
+      </c>
+      <c r="F557" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G557" s="10" t="n">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="558">
+      <c r="A558" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="B558" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C558" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D558" s="10" t="s">
         <v>32</v>
       </c>
-      <c r="E13" s="20">
-[...19 lines deleted...]
-      <c r="D14" t="s">
+      <c r="E558" s="10" t="s">
+        <v>46</v>
+      </c>
+      <c r="F558" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G558" s="10" t="n">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="559">
+      <c r="A559" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="B559" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C559" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D559" s="10" t="s">
         <v>33</v>
       </c>
-      <c r="E14" s="20">
-[...19 lines deleted...]
-      <c r="D15" t="s">
+      <c r="E559" s="10" t="s">
+        <v>46</v>
+      </c>
+      <c r="F559" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G559" s="10" t="n">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="560">
+      <c r="A560" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="B560" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C560" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D560" s="10" t="s">
         <v>34</v>
       </c>
-      <c r="E15" s="20">
-[...19 lines deleted...]
-      <c r="D16" t="s">
+      <c r="E560" s="10" t="s">
+        <v>46</v>
+      </c>
+      <c r="F560" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G560" s="10" t="n">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="561">
+      <c r="A561" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="B561" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C561" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D561" s="10" t="s">
         <v>35</v>
       </c>
-      <c r="E16" s="20">
-[...1827 lines deleted...]
-      <c r="A96" t="s">
+      <c r="E561" s="10" t="s">
+        <v>46</v>
+      </c>
+      <c r="F561" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G561" s="10" t="n">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="562">
+      <c r="A562" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="B562" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C562" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D562" s="10" t="s">
         <v>36</v>
       </c>
-      <c r="B96" t="s">
-[...10456 lines deleted...]
-      <c r="G550">
+      <c r="E562" s="10" t="s">
+        <v>46</v>
+      </c>
+      <c r="F562" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G562" s="10" t="n">
         <v>5</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
+  <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId2"/>
   <tableParts count="1">
-    <tablePart r:id="rId1"/>
+    <tablePart r:id="rId3"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{7ACD8F6C-7AA4-45C3-891A-158427AD7BAA}">
-  <dimension ref="A1:O7"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3">
+  <dimension ref="A1"/>
   <sheetViews>
-    <sheetView zoomScaleNormal="100" workbookViewId="0"/>
+    <sheetView workbookViewId="0" zoomScale="100" showGridLines="0" tabSelected="false"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultRowHeight="15.0" baseColWidth="10"/>
   <cols>
-    <col min="1" max="1" width="5.1796875" style="12" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="10" max="16384" width="9.1796875" style="10"/>
+    <col min="1" max="1" width="2.21" hidden="0" customWidth="1"/>
+    <col min="2" max="2" width="5.71" hidden="0" customWidth="1"/>
+    <col min="3" max="3" width="35.71" hidden="0" customWidth="1"/>
+    <col min="4" max="4" width="27.71" hidden="0" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:15" x14ac:dyDescent="0.35">
-[...4 lines deleted...]
-      <c r="C1" s="17" t="s">
+    <row r="1" ht="30" customHeight="1">
+      <c r="A1" s="15" t="s">
+        <v>52</v>
+      </c>
+      <c r="B1" s="12" t="s">
+        <v>52</v>
+      </c>
+      <c r="C1" s="12" t="s">
+        <v>17</v>
+      </c>
+      <c r="D1" s="12" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="2" ht="18" customHeight="1">
+      <c r="A2" s="14" t="s">
+        <v>52</v>
+      </c>
+      <c r="B2" s="13" t="n">
+        <v>1</v>
+      </c>
+      <c r="C2" s="11" t="s">
+        <v>54</v>
+      </c>
+      <c r="D2" s="11" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="3" ht="18" customHeight="1">
+      <c r="A3" s="14" t="s">
+        <v>52</v>
+      </c>
+      <c r="B3" s="13" t="n">
+        <v>2</v>
+      </c>
+      <c r="C3" s="11" t="s">
+        <v>49</v>
+      </c>
+      <c r="D3" s="11" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="4" ht="18" customHeight="1">
+      <c r="A4" s="14" t="s">
+        <v>52</v>
+      </c>
+      <c r="B4" s="13" t="n">
+        <v>3</v>
+      </c>
+      <c r="C4" s="11" t="s">
+        <v>47</v>
+      </c>
+      <c r="D4" s="11" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="5" ht="18" customHeight="1">
+      <c r="A5" s="14" t="s">
+        <v>52</v>
+      </c>
+      <c r="B5" s="13" t="n">
+        <v>4</v>
+      </c>
+      <c r="C5" s="11" t="s">
         <v>48</v>
       </c>
-      <c r="J1" s="16"/>
-[...75 lines deleted...]
-      <c r="A6" s="15">
+      <c r="D5" s="11" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="6" ht="18" customHeight="1">
+      <c r="A6" s="14" t="s">
+        <v>52</v>
+      </c>
+      <c r="B6" s="13" t="n">
         <v>5</v>
       </c>
-      <c r="B6" s="14" t="s">
-[...13 lines deleted...]
-      <c r="A7" s="15">
+      <c r="C6" s="11" t="s">
+        <v>51</v>
+      </c>
+      <c r="D6" s="11" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="7" ht="18" customHeight="1">
+      <c r="A7" s="14" t="s">
+        <v>52</v>
+      </c>
+      <c r="B7" s="13" t="n">
         <v>6</v>
       </c>
-      <c r="B7" s="14" t="s">
-[...10 lines deleted...]
-      <c r="O7" s="13"/>
+      <c r="C7" s="11" t="s">
+        <v>50</v>
+      </c>
+      <c r="D7" s="11" t="s">
+        <v>60</v>
+      </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
+  <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
-  <DocSecurity>0</DocSecurity>
-[...21 lines deleted...]
-  <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
-<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+<coreProperties xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Em122672</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
-  <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-</cp:coreProperties>
+</coreProperties>
 </file>